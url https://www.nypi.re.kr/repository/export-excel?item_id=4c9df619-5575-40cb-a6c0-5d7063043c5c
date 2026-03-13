--- v0 (2026-01-27)
+++ v1 (2026-03-13)
@@ -299,51 +299,55 @@
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2"/>
       <c r="I2"/>
       <c r="J2" t="inlineStr">
         <is>
           <t>임지연||김민</t>
         </is>
       </c>
       <c r="K2"/>
       <c r="L2" t="inlineStr">
         <is>
           <t>2023-06-08T15:05:30Z</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
           <t>2023-06-08T15:05:30Z</t>
         </is>
       </c>
       <c r="N2" t="inlineStr">
         <is>
           <t>2014</t>
         </is>
       </c>
-      <c r="O2"/>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>본 보고서는 수탁연구과제로 수행되어 저작권이 발주기관에 귀속됨에 따라, 원문 공개가 제한됩니다.</t>
+        </is>
+      </c>
       <c r="P2"/>
       <c r="Q2" t="inlineStr">
         <is>
           <t>Made available in DSpace on 2023-06-08T15:05:30Z (KST). No. of bitstreams: 0</t>
         </is>
       </c>
       <c r="R2"/>
       <c r="S2" t="inlineStr">
         <is>
           <t>Ⅰ. 서  론	 1
 1. 연구의 배경과 목적	 3
 2. 연구내용	 4
 3. 연구방법 및 연구절차	 5
 Ⅱ. 신고･인증제 관련 청소년수련활동의 현황	 9
 1. 청소년활동 개념 재정립 관련 논의	 11
 2. 행정법상 신고 관련 논의	 15
 3. 신고제･인증제 관련 청소년수련활동의 현황	 16
 1) 청소년수련활동 신고제	 16
 2) 청소년수련활동 인증제	 19
 Ⅲ. 신고･인증 관련 청소년수련활동 개념 및 법령분석	 27
 1. 청소년활동진흥법 상의 청소년수련활동 개념 관련 법령 분석	 29
 1) ʻ청소년활동ʼ과 ʻ청소년수련활동ʼ 개념의 변천	 30
 2) 청소년활동･청소년수련활동 개념관련 법령 분석과 문제점	 35
 2. 신고제･인증제 관련 법조항 분석	 42
 1) 사전 신고제･의무 인증제의 출현과 청소년분야 현장의 저항	 42