--- v0 (2026-01-27)
+++ v1 (2026-03-13)
@@ -299,51 +299,55 @@
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2"/>
       <c r="I2"/>
       <c r="J2" t="inlineStr">
         <is>
           <t>김영한</t>
         </is>
       </c>
       <c r="K2"/>
       <c r="L2" t="inlineStr">
         <is>
           <t>2023-06-08T14:01:27Z</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
           <t>2023-06-08T14:01:27Z</t>
         </is>
       </c>
       <c r="N2" t="inlineStr">
         <is>
           <t>1999</t>
         </is>
       </c>
-      <c r="O2"/>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>본 보고서는 수탁연구과제로 수행되어 저작권이 발주기관에 귀속됨에 따라, 원문 공개가 제한됩니다.</t>
+        </is>
+      </c>
       <c r="P2" t="inlineStr">
         <is>
           <t>본 연구에서는 청소년에게 다양한 형태의 수련활동을 지원하기 위한 특성화 수련시설의 모형을 개발하고자 하며, 이를 위하여 모형개발은 수련시설의 주요 구성요소인 수련활동 프로그램-수련설비-지도자, 그리고 사회적 환경변화 및 청소년과 청소년지도자의 욕구 등에 대한 복합적인 연계가 필요함을 전제로 첫째, 수련활동 환경변화에 대한 연구, 둘째는 기존의 수련시설이 차지하고 있는 수련거리에 대한 조사 및 청소년의 선호도 분석, 셋째는 외국의 특성화된 수련시설에 대한 실제적인 설비의 구성과 운영에 대한 사례연구, 넷째는 수련활동 특성화 소재영역의 선정 및 이에 따른 특성화 모형을 개념화하였다.</t>
         </is>
       </c>
       <c r="Q2" t="inlineStr">
         <is>
           <t>Made available in DSpace on 2023-06-08T14:01:27Z (KST). No. of bitstreams: 0</t>
         </is>
       </c>
       <c r="R2"/>
       <c r="S2" t="inlineStr">
         <is>
           <t>목차
 1. 서론
 2. 청소년수련시설 특성화 여건 분석
  1) 특성화의 배경
  2) 특성화 사례 조사 및 욕구분석
  3) 외국의 특성화 사례
 3. 전통문화 수련공간(문화적 감성영역)
 4. 해양 수련 체험 공간(모험·개척영역)
 5. 첨단 로봇 체험 수련시설
 6. 자원봉사 체험 및 학습 수련공간
 7. 직업체험 및 진로탐색 수련공간
 8. 전통과 세계문화 만남의 수련공간</t>