--- v0 (2026-01-27)
+++ v1 (2026-03-13)
@@ -299,51 +299,55 @@
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2"/>
       <c r="I2"/>
       <c r="J2" t="inlineStr">
         <is>
           <t>장근영||김기헌||이민정</t>
         </is>
       </c>
       <c r="K2"/>
       <c r="L2" t="inlineStr">
         <is>
           <t>2023-06-08T15:11:47Z</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
           <t>2023-06-08T15:11:47Z</t>
         </is>
       </c>
       <c r="N2" t="inlineStr">
         <is>
           <t>2020</t>
         </is>
       </c>
-      <c r="O2"/>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>본 보고서는 수탁연구과제로 수행되어 저작권이 발주기관에 귀속됨에 따라, 원문 공개가 제한됩니다.</t>
+        </is>
+      </c>
       <c r="P2"/>
       <c r="Q2" t="inlineStr">
         <is>
           <t>Made available in DSpace on 2023-06-08T15:11:47Z (KST). No. of bitstreams: 0</t>
         </is>
       </c>
       <c r="R2"/>
       <c r="S2" t="inlineStr">
         <is>
           <t>I. 서 론	1
  1. 연구의 필요성 및 목적	3
  2. 연구내용 및 연구방법	4
 Ⅱ. 후기 청소년에 관한 논의	9
  1. 후기 청소년에 대한 정의	11
  2. 후기 청소년과 청년 특성 비교	21
 Ⅲ. 후기 청소년 환경변화	29
  1. 인구구조의 변화와 가족	31
  2. 경제 환경 변화와 일자리	36
  3. 교육환경 변화와 학습 	40
  4. 사회 불평등 추이와 소득 	45
  5. 사회 인식 변화와 참여 	49
  6. 환경변화에 따른 정책시사점	53
 Ⅳ. 후기 청소년 정책 현황 및 문제점	55
  1. 국내 후기 청소년 정책 현황 및 문제점	57
  2. 해외 후기 청소년 정책 현황 및 시사점	69