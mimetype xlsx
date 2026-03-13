--- v0 (2026-01-27)
+++ v1 (2026-03-13)
@@ -299,51 +299,55 @@
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2"/>
       <c r="I2"/>
       <c r="J2" t="inlineStr">
         <is>
           <t>백혜정</t>
         </is>
       </c>
       <c r="K2"/>
       <c r="L2" t="inlineStr">
         <is>
           <t>2023-06-08T14:45:59Z</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
           <t>2023-06-08T14:45:59Z</t>
         </is>
       </c>
       <c r="N2" t="inlineStr">
         <is>
           <t>2009</t>
         </is>
       </c>
-      <c r="O2"/>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>본 보고서는 수탁연구과제로 수행되어 저작권이 발주기관에 귀속됨에 따라, 원문 공개가 제한됩니다.</t>
+        </is>
+      </c>
       <c r="P2"/>
       <c r="Q2" t="inlineStr">
         <is>
           <t>Made available in DSpace on 2023-06-08T14:45:59Z (KST). No. of bitstreams: 0</t>
         </is>
       </c>
       <c r="R2"/>
       <c r="S2" t="inlineStr">
         <is>
           <t>목    차
 Ⅰ. 서론
  1. 연구의 필요성 및 목적
  2. 연구의 내용
   1) 소외 아동·청소년 문화예술 교육지원 사업에 대한 이론적 고찰
   2) 소외 아동·청소년 문화예술 교육지원 사업의 만족도 조사
   3) 소외 아동·청소년 문화예술 교육지원 사업의 발전을 위한 제언
  3. 연구방법
   1) 문헌고찰
   2) 설문조사
   3) 포커스 집단 면접
 Ⅱ. 이론적 배경
  1. 소외계층 아동·청소년 문화예술교육의 의의
   1) 문화예술교육의 의의
   2) 소외계층 아동·청소년 문화예술교육의 의의
  2. 소외계층 아동·청소년 문화예술교육 지원사업의 개요