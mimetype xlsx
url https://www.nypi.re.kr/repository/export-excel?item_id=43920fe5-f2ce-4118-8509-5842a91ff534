--- v0 (2026-01-27)
+++ v1 (2026-03-13)
@@ -299,51 +299,55 @@
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2"/>
       <c r="I2"/>
       <c r="J2" t="inlineStr">
         <is>
           <t>하형석||박지수||이인영</t>
         </is>
       </c>
       <c r="K2"/>
       <c r="L2" t="inlineStr">
         <is>
           <t>2023-06-26T10:32:32Z</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
           <t>2023-06-26T10:32:32Z</t>
         </is>
       </c>
       <c r="N2" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
-      <c r="O2"/>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>본 보고서는 수탁연구과제로 수행되어 저작권이 발주기관에 귀속됨에 따라, 원문 공개가 제한됩니다.</t>
+        </is>
+      </c>
       <c r="P2"/>
       <c r="Q2" t="inlineStr">
         <is>
           <t>Made available in DSpace on 2023-06-26T10:32:32Z (KST). No. of bitstreams: 0</t>
         </is>
       </c>
       <c r="R2"/>
       <c r="S2" t="inlineStr">
         <is>
           <t>Ⅰ. 연구 개요 ·····················································································································1
 1. 연구의 목적 및 필요성 ······························································································ 3
 2. 연구추진체계 및 연구방법 ························································································· 5
 3. 청소년활동 관련 법령 ································································································ 8
 4. 청소년활동 관련 정책 및 사업 ················································································ 10
 Ⅱ. 청소년활동정책에 대한 수요조사 분석 ·······································································15
 1. 청소년활동정책에 대한 수요조사 분석 ···································································· 17
 2. 청소년활동 참여 실태 및 수요조사 ········································································· 33
 3. 종합 및 시사점 ········································································································ 65
 Ⅲ. 청소년활동정책 평가 ··································································································71
 1. 청소년활동 사업별 평가 ·························································································· 73
 2. 청소년활동 사업 관련 전문가 델파이 조사 및 함의 ··············································· 77
 Ⅳ. 청소년활동 활성화 방안 ·····························································································89
 1. 청소년활동 활성화 기본 방향 ·················································································· 91
 2. 청소년활동 활성화 방안 수립 관련 전문가 델파이 조사 ········································· 92
 3. 정책 수요자 중심의 청소년활동 활성화 방안(안) ·················································· 100