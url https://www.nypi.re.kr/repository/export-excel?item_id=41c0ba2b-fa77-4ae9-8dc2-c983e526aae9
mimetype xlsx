--- v0 (2026-01-27)
+++ v1 (2026-03-14)
@@ -299,51 +299,55 @@
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2"/>
       <c r="I2"/>
       <c r="J2" t="inlineStr">
         <is>
           <t>한국청소년정책연구원</t>
         </is>
       </c>
       <c r="K2"/>
       <c r="L2" t="inlineStr">
         <is>
           <t>2023-06-08T14:44:42Z</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
           <t>2023-06-08T14:44:42Z</t>
         </is>
       </c>
       <c r="N2" t="inlineStr">
         <is>
           <t>2007</t>
         </is>
       </c>
-      <c r="O2"/>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>본 보고서는 수탁연구과제로 수행되어 저작권이 발주기관에 귀속됨에 따라, 원문 공개가 제한됩니다.</t>
+        </is>
+      </c>
       <c r="P2" t="inlineStr">
         <is>
           <t>본 연구에서는 청소년특별회의의 운영상의 문제점을 조사하고 특별회의의 참여 주제인 청소년들과 특별회의 제도의 입안과 수행을 담당한 전문가들의 의견을 수렴하여 해결방안을 모색하고, 외국 사례 비교 연구 등을 통해 향후 운영방향 및 중장기 운영모델 정립을 위한 제도개선안을 제안하고자 한다.</t>
         </is>
       </c>
       <c r="Q2" t="inlineStr">
         <is>
           <t>Made available in DSpace on 2023-06-08T14:44:42Z (KST). No. of bitstreams: 0</t>
         </is>
       </c>
       <c r="R2"/>
       <c r="S2" t="inlineStr">
         <is>
           <t>목 차 
 Ⅰ. 서론 
 Ⅱ. 청소년특별회의 추진현황 및 과제
 Ⅲ. 청소년특별회의 주요 문제점 분석 및 개선방안 제시
 Ⅳ. 연구 진행과정 및 결과 요약
 Ⅴ. 결론 
 Ⅵ. 참고문헌
 부록</t>
         </is>
       </c>
       <c r="T2"/>
       <c r="U2"/>