--- v0 (2026-01-27)
+++ v1 (2026-03-13)
@@ -299,51 +299,55 @@
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2"/>
       <c r="I2"/>
       <c r="J2" t="inlineStr">
         <is>
           <t>최창욱||성은모||남화성||이선근||정은옥||장미희||김미영</t>
         </is>
       </c>
       <c r="K2"/>
       <c r="L2" t="inlineStr">
         <is>
           <t>2023-06-08T15:08:34Z</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
           <t>2023-06-08T15:08:34Z</t>
         </is>
       </c>
       <c r="N2" t="inlineStr">
         <is>
           <t>2018</t>
         </is>
       </c>
-      <c r="O2"/>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>본 보고서는 수탁연구과제로 수행되어 저작권이 발주기관에 귀속됨에 따라, 원문 공개가 제한됩니다.</t>
+        </is>
+      </c>
       <c r="P2"/>
       <c r="Q2" t="inlineStr">
         <is>
           <t>Made available in DSpace on 2023-06-08T15:08:34Z (KST). No. of bitstreams: 0</t>
         </is>
       </c>
       <c r="R2"/>
       <c r="S2" t="inlineStr">
         <is>
           <t>Ⅰ. 서론
    1. 연구의 필요성 및 목적
    2. 연구내용 및 연구방법
 Ⅱ. 성남시 청소년 정책 환경 분석
    1. 성남시의 정책 환경
    2. 제6차 청소년정책기본계획과 성남시 청소년정책
    3. 경기도청소년정책기본계획과 성남시 청소년정책
 Ⅲ. 성남시 청소년 실태조사 주요 결과
    1. 청소년 여가실태
    2. 청소년 활동 및 참여 실태
    3. 청소년 보호와 복지 실태
    4. 청소년 사회, 진로, 생활 및 정서 실태
    5. 성남시 청소년 실태조사 결과에 따른 정책 제언
 Ⅳ. 성남시 청소년, 지역 유관기관 전문가, 재단 종사자의 인식
    1. 성남시 청소년 인터뷰
    2. 성남시 지역 유관기관 전문가 인터뷰