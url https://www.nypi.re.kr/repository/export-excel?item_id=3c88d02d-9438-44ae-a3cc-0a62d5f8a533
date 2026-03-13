--- v0 (2026-01-27)
+++ v1 (2026-03-13)
@@ -299,51 +299,55 @@
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2"/>
       <c r="I2"/>
       <c r="J2" t="inlineStr">
         <is>
           <t>최용환||송헌재||장혜윤</t>
         </is>
       </c>
       <c r="K2"/>
       <c r="L2" t="inlineStr">
         <is>
           <t>2023-06-26T10:32:31Z</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
           <t>2023-06-26T10:32:31Z</t>
         </is>
       </c>
       <c r="N2" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
-      <c r="O2"/>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>본 보고서는 수탁연구과제로 수행되어 저작권이 발주기관에 귀속됨에 따라, 원문 공개가 제한됩니다.</t>
+        </is>
+      </c>
       <c r="P2"/>
       <c r="Q2" t="inlineStr">
         <is>
           <t>Made available in DSpace on 2023-06-26T10:32:31Z (KST). No. of bitstreams: 0</t>
         </is>
       </c>
       <c r="R2"/>
       <c r="S2" t="inlineStr">
         <is>
           <t>Ⅰ. 서론
    1. 연구의 필요성 및 목적
    2. 연구 범위 및 내용
    3. 연구방법
 Ⅱ. 자치구 청년 거버넌스 활성화와 성과평가에 대한 이론적 논의
    1. 청년정책과 청년참여의 의의
    2. 서울시 청년정책의 현황과 실태
    3. 자치구 청년 거버넌스 활성화 사업
    4. 자치구 청년 거버넌스 활성화 사업의 한계와 성과평가의 필요성
 Ⅲ. 자치구 청년정책 거버넌스 활성화 사업성과 평가지표 개발 및 정교화
    1. 자치구 청년 거버넌스 활성화 사업 개요
    2. 평가 체계 및 평가지표(안) 선정
    3. 델파이형 전문가 의견수렴을 통한 지표 정교화
    4. 22년도 자치구 청년정책 거버넌스 사업성과 평가지표 및 매뉴얼
 Ⅳ. 자치구 청년정책 거버넌스 활성화 사업성과 분석
    1. 성과평가 결과 게요