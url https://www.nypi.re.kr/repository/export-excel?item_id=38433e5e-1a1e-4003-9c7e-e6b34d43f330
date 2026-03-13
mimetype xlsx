--- v0 (2026-01-27)
+++ v1 (2026-03-13)
@@ -299,51 +299,55 @@
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2"/>
       <c r="I2"/>
       <c r="J2" t="inlineStr">
         <is>
           <t>한국청소년개발원</t>
         </is>
       </c>
       <c r="K2"/>
       <c r="L2" t="inlineStr">
         <is>
           <t>2023-06-08T14:36:23Z</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
           <t>2023-06-08T14:36:23Z</t>
         </is>
       </c>
       <c r="N2" t="inlineStr">
         <is>
           <t>2004</t>
         </is>
       </c>
-      <c r="O2"/>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>본 보고서는 수탁연구과제로 수행되어 저작권이 발주기관에 귀속됨에 따라, 원문 공개가 제한됩니다.</t>
+        </is>
+      </c>
       <c r="P2" t="inlineStr">
         <is>
           <t>향후 본격적인 ‘청소년인권백서’ 발간의 기초 작업으로서, 현단계 가용자원 안에서 우리사회의 청소년 인권의 현주소를 드러내줄 수 있는 자료를 수집?분석함으로써 한국의 청소년 인권실태와 주요 문제점과 정책과제를 정리하여 ‘청소년인권백서’를 발간</t>
         </is>
       </c>
       <c r="Q2" t="inlineStr">
         <is>
           <t>Made available in DSpace on 2023-06-08T14:36:23Z (KST). No. of bitstreams: 0</t>
         </is>
       </c>
       <c r="R2"/>
       <c r="S2" t="inlineStr">
         <is>
           <t>목차
 I. 서론
 II. 청소년인권백서 발간 의의와 방향
  1. 청소년인권백서 발간의 의의
  2. 청소년인권백서 발간 방향과 구성
 III. 청소년인권백서 시안
  1. 청소년의 기초보건과 복지에 관한 권리
  2. 가정환경과 양육에 관한 권리
  3. 학대나 유해환경으로부터 보호받을 권리
  4. 교육을 받을 권리와 문화적 권리
  5. 시민적 권리와 참여권
  6. 사회적 약자 및 특별보호가 필요한 청소년 인권