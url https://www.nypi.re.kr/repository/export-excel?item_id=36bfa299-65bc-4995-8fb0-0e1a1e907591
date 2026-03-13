--- v0 (2026-01-27)
+++ v1 (2026-03-13)
@@ -299,51 +299,55 @@
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2"/>
       <c r="I2"/>
       <c r="J2" t="inlineStr">
         <is>
           <t>양계민||조혜영</t>
         </is>
       </c>
       <c r="K2"/>
       <c r="L2" t="inlineStr">
         <is>
           <t>2023-06-08T14:45:59Z</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
           <t>2023-06-08T14:45:59Z</t>
         </is>
       </c>
       <c r="N2" t="inlineStr">
         <is>
           <t>2009</t>
         </is>
       </c>
-      <c r="O2"/>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>본 보고서는 수탁연구과제로 수행되어 저작권이 발주기관에 귀속됨에 따라, 원문 공개가 제한됩니다.</t>
+        </is>
+      </c>
       <c r="P2" t="inlineStr">
         <is>
           <t>연구 목적
 ○ 청소년방과후아카데미 참여 청소년의 프로그램 효과성을 분석하고 청소년과 학부모의 만족도 및 요구를 분석함으로써 사업의 효과성 및 필요성을 검증함.
 ○ 청소년방과후아카데미에 과거 참여하고 졸업한 청소년 및 지도자들을 대상으로 프로그램의 장기적인 효과성, 만족도 및 향후 발전 방안에 관한 심층면접을 실시함으로써 보다 발전적인 방과후아카데미 모데릉ㄹ 구상하고자 함
 ○ 분석결과를 토대로 청소년방과후아카데미 프로그램의 운영 및 관리, 평가방법의 질적 개선을 도모하고, 나아가 청소년방과후아카데미 프로그램의 보다 발전된 운영모델을 파악하며, 사업의 확대 및 효율적 운영을 위한 기초자료를 제공하는 데 그 목적이 있음.</t>
         </is>
       </c>
       <c r="Q2" t="inlineStr">
         <is>
           <t>Made available in DSpace on 2023-06-08T14:45:59Z (KST). No. of bitstreams: 0</t>
         </is>
       </c>
       <c r="R2"/>
       <c r="S2" t="inlineStr">
         <is>
           <t>목    차
 Ⅰ. 서론
  1. 연구의 배경 및 목적
  2. 연구의 내용
  3. 연구의 방법
 Ⅱ. 이론적 고찰
  1. 청소년방과후아카데미사업의 의의
  2. 청소년방과후아카데미 사업의 목적
  3. 청소년방과후아카데미 추진과정