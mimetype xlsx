--- v0 (2026-01-27)
+++ v1 (2026-03-13)
@@ -299,51 +299,55 @@
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2"/>
       <c r="I2"/>
       <c r="J2" t="inlineStr">
         <is>
           <t>양계민||장윤선</t>
         </is>
       </c>
       <c r="K2"/>
       <c r="L2" t="inlineStr">
         <is>
           <t>2023-06-08T15:10:43Z</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
           <t>2023-06-08T15:10:43Z</t>
         </is>
       </c>
       <c r="N2" t="inlineStr">
         <is>
           <t>2019</t>
         </is>
       </c>
-      <c r="O2"/>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>본 보고서는 수탁연구과제로 수행되어 저작권이 발주기관에 귀속됨에 따라, 원문 공개가 제한됩니다.</t>
+        </is>
+      </c>
       <c r="P2"/>
       <c r="Q2" t="inlineStr">
         <is>
           <t>Made available in DSpace on 2023-06-08T15:10:43Z (KST). No. of bitstreams: 0</t>
         </is>
       </c>
       <c r="R2"/>
       <c r="S2" t="inlineStr">
         <is>
           <t>Ⅰ. 서론
    1. 연구의 필요성 및 목적
    2. 연구 내용
    3. 연구방법
 Ⅱ. 이론적 배경
    1. 다문화가족 방문교육서비스
    2. 방문교육서비스에 대한 선행연구 분석
 Ⅲ. 설문조사
    1. 조사개요
    2. 서비스 수요자 조사결과
    3. 방문교육지도사 조사결과
    4. 기관실무자 조사결과
 Ⅳ. 면접조사
    1. 조사개요
    2. 수요자 면접조사결과
    3. 방문교육지도사 면접조사결과