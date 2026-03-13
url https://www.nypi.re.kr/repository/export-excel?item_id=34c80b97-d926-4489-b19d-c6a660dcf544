--- v0 (2026-01-27)
+++ v1 (2026-03-13)
@@ -299,51 +299,55 @@
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2"/>
       <c r="I2"/>
       <c r="J2" t="inlineStr">
         <is>
           <t>윤철경</t>
         </is>
       </c>
       <c r="K2"/>
       <c r="L2" t="inlineStr">
         <is>
           <t>2023-06-08T15:07:21Z</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
           <t>2023-06-08T15:07:21Z</t>
         </is>
       </c>
       <c r="N2" t="inlineStr">
         <is>
           <t>2016</t>
         </is>
       </c>
-      <c r="O2"/>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>본 보고서는 수탁연구과제로 수행되어 저작권이 발주기관에 귀속됨에 따라, 원문 공개가 제한됩니다.</t>
+        </is>
+      </c>
       <c r="P2"/>
       <c r="Q2" t="inlineStr">
         <is>
           <t>Made available in DSpace on 2023-06-08T15:07:21Z (KST). No. of bitstreams: 0</t>
         </is>
       </c>
       <c r="R2"/>
       <c r="S2" t="inlineStr">
         <is>
           <t>I. 서  론	 
 1. 연구목적 및 필요성	 
 2. 연구내용	 
 3. 연구방법	 
   1) 연구수행체계	 
   2) 문헌연구   	 
   3) 사례 면접조사	 
   4) 전담기구 참여 학교 밖 청소년 지원센터 상담사용 가이드북 개발진 구성·운영	 
   5) 전문가 자문회의  	 
 Ⅱ. 선행연구	 
 1. 학교 밖 청소년의 규모	 
 2. 학교 밖 청소년의 이행경로의 분류와 분포	 
 3. 학교 밖 청소년 이행경로별 특징 및 지원 대책	 
 Ⅲ. 전담기구 운영 사례 조사	 
 1. 전담기구의 법적 근거	 
 2. 교육부의 전담기구(위원회) 관련 지침	 