--- v0 (2026-01-27)
+++ v1 (2026-03-13)
@@ -299,51 +299,55 @@
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2"/>
       <c r="I2"/>
       <c r="J2" t="inlineStr">
         <is>
           <t>연보라||김정숙||신동훈||김재우</t>
         </is>
       </c>
       <c r="K2"/>
       <c r="L2" t="inlineStr">
         <is>
           <t>2023-06-08T15:12:23Z</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
           <t>2023-06-08T15:12:23Z</t>
         </is>
       </c>
       <c r="N2" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
-      <c r="O2"/>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>본 보고서는 수탁연구과제로 수행되어 저작권이 발주기관에 귀속됨에 따라, 원문 공개가 제한됩니다.</t>
+        </is>
+      </c>
       <c r="P2"/>
       <c r="Q2" t="inlineStr">
         <is>
           <t>Made available in DSpace on 2023-06-08T15:12:23Z (KST). No. of bitstreams: 0</t>
         </is>
       </c>
       <c r="R2"/>
       <c r="S2" t="inlineStr">
         <is>
           <t>Ⅰ. 서론	
  1. 연구의 필요성 및 목적	
  2. 연구추진체계	
  3. 연구내용	
   1) 인천 다문화교육 정책 중장기 발전방안 마련	
   2) 인천다문화교육지원센터 모델 구안	
   3) 인천한누리학교 운영 모델 구안	
   4) 다문화학생 밀집학교 운영 모델 구안	
  4. 연구방법	
 Ⅱ. 인천 다문화교육 정책 중장기 발전방안 마련	
  1. 인천 다문화교육 관련 정책 및 사업, 인프라 현황 분석	
   1) 인천 다문화학생 현황	
   2) 인천 다문화교육 정책 및 사업 현황	
  2. 인천광역시교육청 및 타 지역 다문화교육 정책 분석	
   1) 인천광역시교육청 다문화교육 지원계획 분석	
   2) 타 시도교육청 다문화교육 지원계획 분석	