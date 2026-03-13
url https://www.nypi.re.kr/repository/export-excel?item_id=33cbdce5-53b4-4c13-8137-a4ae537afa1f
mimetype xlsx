--- v0 (2026-01-27)
+++ v1 (2026-03-13)
@@ -299,51 +299,55 @@
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2"/>
       <c r="I2"/>
       <c r="J2" t="inlineStr">
         <is>
           <t>서정아</t>
         </is>
       </c>
       <c r="K2"/>
       <c r="L2" t="inlineStr">
         <is>
           <t>2023-06-08T15:08:04Z</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
           <t>2023-06-08T15:08:04Z</t>
         </is>
       </c>
       <c r="N2" t="inlineStr">
         <is>
           <t>2017</t>
         </is>
       </c>
-      <c r="O2"/>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>본 보고서는 수탁연구과제로 수행되어 저작권이 발주기관에 귀속됨에 따라, 원문 공개가 제한됩니다.</t>
+        </is>
+      </c>
       <c r="P2"/>
       <c r="Q2" t="inlineStr">
         <is>
           <t>Made available in DSpace on 2023-06-08T15:08:04Z (KST). No. of bitstreams: 0</t>
         </is>
       </c>
       <c r="R2"/>
       <c r="S2" t="inlineStr">
         <is>
           <t>Ⅰ. 서론	 1
 1. 연구의 필요성 및 목적	 3
 2. 연구추진과정 및 주요내용	 6
 3. 연구방법	 8
 Ⅱ. 이론적 배경	 11
 1. 방과후 관련 국내･외 연구동향	 13
 2. 청소년방과후아카데미 운영현황	 19
 Ⅲ. 조사결과	 31
 1. 청소년 설문조사	 33
 2. 학부모 설문조사	 53
 3. 지역별 사례연구	 61
 4. 종사자 FGI	 75
 Ⅳ. 결론 및 제언	 87
 1. 결론	 89
 2. 정책제언	 94
 3. 운영 유형 다양화를 위한 모형(안)	 98