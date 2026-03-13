--- v0 (2026-01-27)
+++ v1 (2026-03-13)
@@ -299,51 +299,55 @@
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2"/>
       <c r="I2"/>
       <c r="J2" t="inlineStr">
         <is>
           <t>양계민</t>
         </is>
       </c>
       <c r="K2"/>
       <c r="L2" t="inlineStr">
         <is>
           <t>2023-06-08T15:08:01Z</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
           <t>2023-06-08T15:08:01Z</t>
         </is>
       </c>
       <c r="N2" t="inlineStr">
         <is>
           <t>2017</t>
         </is>
       </c>
-      <c r="O2"/>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>본 보고서는 수탁연구과제로 수행되어 저작권이 발주기관에 귀속됨에 따라, 원문 공개가 제한됩니다.</t>
+        </is>
+      </c>
       <c r="P2"/>
       <c r="Q2" t="inlineStr">
         <is>
           <t>Made available in DSpace on 2023-06-08T15:08:01Z (KST). No. of bitstreams: 0</t>
         </is>
       </c>
       <c r="R2"/>
       <c r="S2" t="inlineStr">
         <is>
           <t>Ⅰ. 서론
   1. 연구의 배경 및 필요성
   2. 연구목적
   3. 연구의 내용
   4. 연구방법
 Ⅱ. 이론적 배경
   1. 다문화교육의 의미
   2. 국내 다문화교육에 대한 선행연구
   3. 다문화교육의 해외 사례
 Ⅲ. 교육부 다문화교육정책의 추진과정
   1. 다문화교육정책의 단계별 추진경과
   2. 다문화교육정책의 연도별 추진경과
 Ⅳ. 다문화교육정책의 현황, 성과와 한계
   1. 다문화교육정책의 현황
   2. 사업별 현황, 성과와 한계
   3. 소결