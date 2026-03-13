--- v0 (2026-01-27)
+++ v1 (2026-03-13)
@@ -299,51 +299,55 @@
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2"/>
       <c r="I2"/>
       <c r="J2" t="inlineStr">
         <is>
           <t>양계민</t>
         </is>
       </c>
       <c r="K2"/>
       <c r="L2" t="inlineStr">
         <is>
           <t>2023-06-08T15:05:30Z</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
           <t>2023-06-08T15:05:30Z</t>
         </is>
       </c>
       <c r="N2" t="inlineStr">
         <is>
           <t>2014</t>
         </is>
       </c>
-      <c r="O2"/>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>본 보고서는 수탁연구과제로 수행되어 저작권이 발주기관에 귀속됨에 따라, 원문 공개가 제한됩니다.</t>
+        </is>
+      </c>
       <c r="P2"/>
       <c r="Q2" t="inlineStr">
         <is>
           <t>Made available in DSpace on 2023-06-08T15:05:30Z (KST). No. of bitstreams: 0</t>
         </is>
       </c>
       <c r="R2"/>
       <c r="S2" t="inlineStr">
         <is>
           <t>Ⅰ. 서론
    1. 연구의 배경 및 목적
    2. 연구의 내용
    3. 연구방법
 Ⅱ. 지역다문화프로그램의 개요
    1. 지역다문화프로그램 사업의 목적 및 추진근거
    2. 지역다문화프로그램 사업의 추진내용 및 경과
 Ⅲ. 지역다문화프로그램 운영평가체계 개발
    1. 지역다문화프로그램 운영평가체계 개발의 필요성
    2. 지역다문화프로그램사업 운영의 영역별 목표 및 구성요소
    3. 지역다문화프로그램사업의 운영 및 평가체계
 Ⅳ. 2014년 지역다문화프로그램 사업효과 및 만족도 분석
    1. 조사개요
    2. 2014년 지역다문화프로그램사업의 효과성
    3. 2014년 지역다문화프로그램의 만족도
    4. 2014년 지역다문화프로그램 공모사업 컨설팅 결과 분석