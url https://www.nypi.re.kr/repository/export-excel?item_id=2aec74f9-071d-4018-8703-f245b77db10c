--- v0 (2026-01-27)
+++ v1 (2026-03-13)
@@ -299,51 +299,55 @@
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2"/>
       <c r="I2"/>
       <c r="J2" t="inlineStr">
         <is>
           <t>양계민||장윤선||임후남||최유||최지연||권채리</t>
         </is>
       </c>
       <c r="K2"/>
       <c r="L2" t="inlineStr">
         <is>
           <t>2023-06-08T15:12:22Z</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
           <t>2023-06-08T15:12:22Z</t>
         </is>
       </c>
       <c r="N2" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
-      <c r="O2"/>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>본 보고서는 수탁연구과제로 수행되어 저작권이 발주기관에 귀속됨에 따라, 원문 공개가 제한됩니다.</t>
+        </is>
+      </c>
       <c r="P2"/>
       <c r="Q2" t="inlineStr">
         <is>
           <t>Made available in DSpace on 2023-06-08T15:12:22Z (KST). No. of bitstreams: 0</t>
         </is>
       </c>
       <c r="R2"/>
       <c r="S2" t="inlineStr">
         <is>
           <t>제1장 서론
  제1절 연구의 배경 및 목적 
   1. 연구의 배경 
   2. 연구추진경과 
   3. 연구의 목적 
  제2절 연구 방법 및 내용 
   1. 연구방법 
   2. 연구내용 
   3. 연구추진체계 
 제2장 국내 이주배경 아동·청소년 통계 현황과 한계
  제1절 이주배경 아동․청소년의 개념 
  제2절 이주배경 아동․청소년 관련 통계 현황 
   1. 행정안전부의 ‘지방자치단체 외국인주민 현황’ 
   2. 법무부의 ‘출입국자 및 체류외국인통계’ 
   3. 통계청의 ‘인구주택총조사 등록센서스’ 
   4. 통일부의 ‘북한이탈주민현황’ 