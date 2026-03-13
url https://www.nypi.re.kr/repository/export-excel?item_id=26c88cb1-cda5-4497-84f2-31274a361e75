--- v0 (2026-01-27)
+++ v1 (2026-03-13)
@@ -299,51 +299,55 @@
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2"/>
       <c r="I2"/>
       <c r="J2" t="inlineStr">
         <is>
           <t>이춘화||서정아||김상헌</t>
         </is>
       </c>
       <c r="K2"/>
       <c r="L2" t="inlineStr">
         <is>
           <t>2023-06-08T14:26:07Z</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
           <t>2023-06-08T14:26:07Z</t>
         </is>
       </c>
       <c r="N2" t="inlineStr">
         <is>
           <t>2003</t>
         </is>
       </c>
-      <c r="O2"/>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>본 보고서는 수탁연구과제로 수행되어 저작권이 발주기관에 귀속됨에 따라, 원문 공개가 제한됩니다.</t>
+        </is>
+      </c>
       <c r="P2" t="inlineStr">
         <is>
           <t>이 연구는 작년도에 실시되었던 청소년 책읽기사업의 발전적 추진을 위해서는 우선 작년도 추진성과에 대한 분석과 사후평가가 요망되며 이를 통해 사업추진체계 및 추진방법 등의 문제점을 도출하고, 이의 개선방안이 모색될 필요가 있다. 따라서 이 사업의 효과성을 평가하여 문제점과 개선방안을 제시하고, 더 나아가 향후 추진과제로써 청소년 독서 진흥을 위한 장·단기 사업과제와 그의 추진방향을 제안하고자 한다.</t>
         </is>
       </c>
       <c r="Q2" t="inlineStr">
         <is>
           <t>Made available in DSpace on 2023-06-08T14:26:07Z (KST). No. of bitstreams: 0</t>
         </is>
       </c>
       <c r="R2"/>
       <c r="S2" t="inlineStr">
         <is>
           <t>목 차
 I. 서론
 1. 연구 목적과 필요성
 2. 연구 내용과 방법
 3. 청소년과 책읽기
 II. 청소년 독서진흥 정책·사업 현황
 1. 청소년 독서교육 정책현황
 2. 공공부문의 청소년 독서진흥 사업현황
 3. 민간부문의 청소년 독서진흥 사업현황
 4. 외국사례
 III. 청소년 책읽기 사업의 현황과 효과성 평가
 1. 청소년 책읽기 사업의 운영현황