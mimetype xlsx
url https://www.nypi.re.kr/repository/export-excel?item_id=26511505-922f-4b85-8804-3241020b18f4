--- v0 (2026-01-27)
+++ v1 (2026-03-14)
@@ -299,51 +299,55 @@
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2"/>
       <c r="I2"/>
       <c r="J2" t="inlineStr">
         <is>
           <t>황용석||이현주||황현정</t>
         </is>
       </c>
       <c r="K2"/>
       <c r="L2" t="inlineStr">
         <is>
           <t>2023-11-03T11:23:15Z</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
           <t>2023-11-03T11:23:15Z</t>
         </is>
       </c>
       <c r="N2" t="inlineStr">
         <is>
           <t>2023</t>
         </is>
       </c>
-      <c r="O2"/>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>본 보고서는 수탁연구과제로 수행되어 저작권이 발주기관에 귀속됨에 따라, 원문 공개가 제한됩니다.</t>
+        </is>
+      </c>
       <c r="P2"/>
       <c r="Q2" t="inlineStr">
         <is>
           <t>Made available in DSpace on 2023-11-03T11:23:15Z (KST). No. of bitstreams: 0</t>
         </is>
       </c>
       <c r="R2"/>
       <c r="S2" t="inlineStr">
         <is>
           <t>Ⅰ. 연구배경과 목적
 1. 연구배경과 필요성 3
 1) 디지털 대전환에 따른 학교교육을 둘러싼 환경변화 3
 2) 디지털 문해력 교육의 국가 정책적 필요성 대두 8
 2. 연구의 목적과 방향성 12
 Ⅱ. 디지털 문해력 개념 및 요소 도출
 1. 미디어 기술 발전 맥락에서 문해력 개념의 발전 17
 1) 문해력(Literacy)의 개념 17
 2) 문해력(Litearcy)과 미디어기술 18
 2. 문해력의 다차원적 접근에 대한 선행연구 22
 1) 디지털 문해력의 학문적 세 갈래 22
 2) 미디어 문해력 관점의 접근 22
 3) 컴퓨터 교육학 관점의 접근 27
 4) 디지털 시민주의 관점의 접근 36
 3. 디지털 문해력 개념과 하위 역량 요소 구성 41
 1) 미디어 문해력에서 디지털 문해력으로의 확장 41