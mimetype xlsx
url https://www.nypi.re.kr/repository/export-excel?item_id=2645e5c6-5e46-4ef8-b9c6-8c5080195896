--- v0 (2026-01-27)
+++ v1 (2026-03-13)
@@ -299,51 +299,55 @@
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2"/>
       <c r="I2"/>
       <c r="J2" t="inlineStr">
         <is>
           <t>성윤숙</t>
         </is>
       </c>
       <c r="K2"/>
       <c r="L2" t="inlineStr">
         <is>
           <t>2023-06-26T10:32:32Z</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
           <t>2023-06-26T10:32:32Z</t>
         </is>
       </c>
       <c r="N2" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
-      <c r="O2"/>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>본 보고서는 수탁연구과제로 수행되어 저작권이 발주기관에 귀속됨에 따라, 원문 공개가 제한됩니다.</t>
+        </is>
+      </c>
       <c r="P2"/>
       <c r="Q2" t="inlineStr">
         <is>
           <t>Made available in DSpace on 2023-06-26T10:32:32Z (KST). No. of bitstreams: 0</t>
         </is>
       </c>
       <c r="R2"/>
       <c r="S2" t="inlineStr">
         <is>
           <t>Ⅰ. 서론
 1. 연구목적 ····················································································10
 2. 연구 내용 및 방법 ·······································································12
 Ⅱ. 세부 정책 과제별 인성교육 추진 성과 점검
 1. 세부 정책 과제별 추진 성과 점검 결과 ·········································24
 Ⅲ. 2021 인성교육 정책에 대한 만족도 조사
 1. 조사 개요 ·················································································132
 2. 조사 결과 ·················································································136
 3. 소결 ·························································································195
 Ⅳ 인성교육 . 질적연구 심층면접
 1. 조사 개요 ·················································································198
 2. 학생 면담자료 분석 결과 ···························································205
 3. 교사 면담자료 분석 결과 ···························································240
 4. 학교급별 분석 결과 비교 ···························································276
 V. 연구결과 및 정책제안
 1. 세부 정책 과제별 인성교육 추진 성과 점검 ······························282