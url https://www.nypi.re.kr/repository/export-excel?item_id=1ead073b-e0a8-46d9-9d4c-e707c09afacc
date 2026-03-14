--- v0 (2026-01-27)
+++ v1 (2026-03-14)
@@ -299,51 +299,55 @@
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2"/>
       <c r="I2"/>
       <c r="J2" t="inlineStr">
         <is>
           <t>학업중단예방 대안교육지원센터</t>
         </is>
       </c>
       <c r="K2"/>
       <c r="L2" t="inlineStr">
         <is>
           <t>2023-06-08T15:07:21Z</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
           <t>2023-06-08T15:07:21Z</t>
         </is>
       </c>
       <c r="N2" t="inlineStr">
         <is>
           <t>2016</t>
         </is>
       </c>
-      <c r="O2"/>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>본 보고서는 수탁연구과제로 수행되어 저작권이 발주기관에 귀속됨에 따라, 원문 공개가 제한됩니다.</t>
+        </is>
+      </c>
       <c r="P2"/>
       <c r="Q2" t="inlineStr">
         <is>
           <t>Made available in DSpace on 2023-06-08T15:07:21Z (KST). No. of bitstreams: 0</t>
         </is>
       </c>
       <c r="R2"/>
       <c r="S2" t="inlineStr">
         <is>
           <t>1. 위탁교육 학생 이해 및 생활 지도
 1-1. 위탁교육 학생의 이해
 1-2. 위탁교육 학생 생활지도
 1-3. 담당교사의 역할
 2. 프로그램 모형
 2-1. 프로그램 모형의 이해
 2-2. 프로그램 모형의 세부내용
 3. 학생의 위.수탁절차 및 교무.회계 행정
 3-1. 학생 위.수탁 연간 일정
 3-2. 학생 위.수탁 및 교육 절차
 3-3. 교무 및 회계
 4. 묻고 답하기
 4-1. 위탁.수탁
 4-2. 교무.학사
 4-3. 교육과정
 4-4. 재적교 제출 서류 작성