--- v0 (2026-01-27)
+++ v1 (2026-03-14)
@@ -299,51 +299,55 @@
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2"/>
       <c r="I2"/>
       <c r="J2" t="inlineStr">
         <is>
           <t>한국청소년정책연구원 부설 학업중단예방 및 대안교육지원센터 꿈지락</t>
         </is>
       </c>
       <c r="K2"/>
       <c r="L2" t="inlineStr">
         <is>
           <t>2023-06-08T15:10:42Z</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
           <t>2023-06-08T15:10:42Z</t>
         </is>
       </c>
       <c r="N2" t="inlineStr">
         <is>
           <t>2019</t>
         </is>
       </c>
-      <c r="O2"/>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>본 보고서는 수탁연구과제로 수행되어 저작권이 발주기관에 귀속됨에 따라, 원문 공개가 제한됩니다.</t>
+        </is>
+      </c>
       <c r="P2"/>
       <c r="Q2" t="inlineStr">
         <is>
           <t>Made available in DSpace on 2023-06-08T15:10:42Z (KST). No. of bitstreams: 0</t>
         </is>
       </c>
       <c r="R2"/>
       <c r="S2" t="inlineStr">
         <is>
           <t>1모듈. 힘을 합치자(협동 게임)
   - 1회기: 훌라후프 전달놀이
   - 2회기: 한마음 탱탱볼 게임
   - 3회기: 짐볼 농구 경기
 2모듈. 명랑운동회(배려 게임)
   - 1회기: 함께하는 족구 게임
   - 2회기: 함께하는 2인 3각 게임
   - 3회기: 함께하는 명랑 운동회
 3모듈. 터놓고 말하기(소통 게임)
   - 1회기: 몸으로 말해요
   - 2회기: 스피드 게임해요
   - 3회기: 전원 발야구
 4모듈. 소중함 이해하기(존중 게임)
   - 1회기: 존중 전달 게임
   - 2회기(선택1): 원바운드 배구 경기</t>
         </is>