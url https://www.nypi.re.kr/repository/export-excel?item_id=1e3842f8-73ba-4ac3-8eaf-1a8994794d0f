--- v0 (2026-01-27)
+++ v1 (2026-03-13)
@@ -299,51 +299,55 @@
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2"/>
       <c r="I2"/>
       <c r="J2" t="inlineStr">
         <is>
           <t>김지경||연보라||정은진</t>
         </is>
       </c>
       <c r="K2"/>
       <c r="L2" t="inlineStr">
         <is>
           <t>2023-06-08T15:08:34Z</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
           <t>2023-06-08T15:08:34Z</t>
         </is>
       </c>
       <c r="N2" t="inlineStr">
         <is>
           <t>2018</t>
         </is>
       </c>
-      <c r="O2"/>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>본 보고서는 수탁연구과제로 수행되어 저작권이 발주기관에 귀속됨에 따라, 원문 공개가 제한됩니다.</t>
+        </is>
+      </c>
       <c r="P2"/>
       <c r="Q2" t="inlineStr">
         <is>
           <t>Made available in DSpace on 2023-06-08T15:08:34Z (KST). No. of bitstreams: 0</t>
         </is>
       </c>
       <c r="R2"/>
       <c r="S2" t="inlineStr">
         <is>
           <t>Ⅰ. 조사개요
    1. 조사 목적
    2. 조사 연혁
    3. 조사 체계
 Ⅱ. 주요 발견 요약
    1. 매체 영역
    2. 행위 영역
    3. 약물 영역
    4. 업소 영역
    5. 근로보호 영역
 Ⅲ. 조사결과 분석
    1. 매체 영역
    2. 행위 영역
    3. 약물 영역
    4. 업소 영역
    5. 근로보호 영역