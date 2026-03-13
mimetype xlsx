--- v0 (2026-01-27)
+++ v1 (2026-03-13)
@@ -299,51 +299,55 @@
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2"/>
       <c r="I2"/>
       <c r="J2" t="inlineStr">
         <is>
           <t>김지경||이상준</t>
         </is>
       </c>
       <c r="K2"/>
       <c r="L2" t="inlineStr">
         <is>
           <t>2023-06-08T15:06:54Z</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
           <t>2023-06-08T15:06:54Z</t>
         </is>
       </c>
       <c r="N2" t="inlineStr">
         <is>
           <t>2015</t>
         </is>
       </c>
-      <c r="O2"/>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>본 보고서는 수탁연구과제로 수행되어 저작권이 발주기관에 귀속됨에 따라, 원문 공개가 제한됩니다.</t>
+        </is>
+      </c>
       <c r="P2"/>
       <c r="Q2" t="inlineStr">
         <is>
           <t>Made available in DSpace on 2023-06-08T15:06:54Z (KST). No. of bitstreams: 0</t>
         </is>
       </c>
       <c r="R2"/>
       <c r="S2" t="inlineStr">
         <is>
           <t>제Ⅰ장 서  론	 1
 1. 연구의 목적 및 필요성	 3
 2. 연구의 구성	 5
   1) 연구내용의 구성	 5
   2) 연구방법의 구성	 7
 3. 연구의 추진체계	 8
 제Ⅱ장 추진 정책 현황	 11
 1. 관계부처 추진 정책	 13
   1) 고용노동부	 13
   2) 여성가족부	 17
   3) 교육부	 20
 2. 최근 발의 관련법안	 21
   1) ｢근로기준법｣ 개정 법안	 21
   2) ｢청소년기본법｣ 개정 법안	 22
 제Ⅲ장 청소년 근로실태조사	 23
 1. 조사개요	 25