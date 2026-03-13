--- v0 (2026-01-27)
+++ v1 (2026-03-13)
@@ -299,51 +299,55 @@
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2"/>
       <c r="I2"/>
       <c r="J2" t="inlineStr">
         <is>
           <t>성윤숙||양미석</t>
         </is>
       </c>
       <c r="K2"/>
       <c r="L2" t="inlineStr">
         <is>
           <t>2023-06-08T15:11:43Z</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
           <t>2023-06-08T15:11:43Z</t>
         </is>
       </c>
       <c r="N2" t="inlineStr">
         <is>
           <t>2020</t>
         </is>
       </c>
-      <c r="O2"/>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>본 보고서는 수탁연구과제로 수행되어 저작권이 발주기관에 귀속됨에 따라, 원문 공개가 제한됩니다.</t>
+        </is>
+      </c>
       <c r="P2"/>
       <c r="Q2" t="inlineStr">
         <is>
           <t>Made available in DSpace on 2023-06-08T15:11:43Z (KST). No. of bitstreams: 0</t>
         </is>
       </c>
       <c r="R2"/>
       <c r="S2" t="inlineStr">
         <is>
           <t>Ⅰ. 서론
     1. 연구의 필요성 및 목적
     2. 연구내용
     3. 연구범위
     4. 연구방법
 Ⅱ. 이론적 배경
     1. 회복적 생활교육 개념
     2. 회복적 생활교육 특징
     3. 선행연구 고찰
 Ⅲ. 학교폭력 예방을 위한 회복적 생활교육
     1. 회복적 생활교육의 방향성
     2. 학교폭력 예방을 위한 회복적 생활교육의 접근방법
 Ⅳ. 시도별 회복적 생활교육 운영현황 및 운영사례
     1. 시도별 어깨동무활동 운영현황
     2. 학교급별 회복적 생활교육 실제 운영사례
     3. 회복적 생활교육 실제 적용상의 특징