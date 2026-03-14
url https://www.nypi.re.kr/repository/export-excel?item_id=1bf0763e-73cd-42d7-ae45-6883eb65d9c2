--- v0 (2026-01-27)
+++ v1 (2026-03-14)
@@ -299,51 +299,55 @@
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2"/>
       <c r="I2"/>
       <c r="J2" t="inlineStr">
         <is>
           <t>교육부</t>
         </is>
       </c>
       <c r="K2"/>
       <c r="L2" t="inlineStr">
         <is>
           <t>2023-06-08T15:08:05Z</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
           <t>2023-06-08T15:08:05Z</t>
         </is>
       </c>
       <c r="N2" t="inlineStr">
         <is>
           <t>2017</t>
         </is>
       </c>
-      <c r="O2"/>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>본 보고서는 수탁연구과제로 수행되어 저작권이 발주기관에 귀속됨에 따라, 원문 공개가 제한됩니다.</t>
+        </is>
+      </c>
       <c r="P2"/>
       <c r="Q2" t="inlineStr">
         <is>
           <t>Made available in DSpace on 2023-06-08T15:08:05Z (KST). No. of bitstreams: 0</t>
         </is>
       </c>
       <c r="R2"/>
       <c r="S2" t="inlineStr">
         <is>
           <t>프롤로그 : 학교 내 대안교실 이야기
 1. 마음, 어르다
 - 현풍초등학교: 여러 색깔의 흙으로 땅을 다지다
 - 나주중학교: 이제 내 갈 길 갈 용기가 생겼다구요!
 - 대구동부중학교: 마음의 경계를 허물며 시작하는 하루
 2. 사람, 만나다
 - 서생중학교: 마음의 벙커를 뚫는 작은 두드림
 - 전남공업고등학교: 생활교육의 사랑방, 북까페
 - 진부고등학교: 학교 변화의 씨앗이 된 성장교실
 3. 우리, 다가앉다
 - 경북인터넷고등학교: 학교 울타리 안의 또 다른 가족
 - 대원고등학교: 불가능을 꿈꿔라, 꿈은 이루어지니까!
 - 웅상고등학교: 낯선 모든 첫 순간이 배움의 순간이다</t>
         </is>
       </c>
       <c r="T2"/>