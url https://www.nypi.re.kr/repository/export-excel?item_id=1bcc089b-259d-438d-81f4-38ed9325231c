--- v0 (2026-01-27)
+++ v1 (2026-03-13)
@@ -299,51 +299,55 @@
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2"/>
       <c r="I2"/>
       <c r="J2" t="inlineStr">
         <is>
           <t>장근영||김기헌</t>
         </is>
       </c>
       <c r="K2"/>
       <c r="L2" t="inlineStr">
         <is>
           <t>2023-06-08T14:44:12Z</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
           <t>2023-06-08T14:44:12Z</t>
         </is>
       </c>
       <c r="N2" t="inlineStr">
         <is>
           <t>2006</t>
         </is>
       </c>
-      <c r="O2"/>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>본 보고서는 수탁연구과제로 수행되어 저작권이 발주기관에 귀속됨에 따라, 원문 공개가 제한됩니다.</t>
+        </is>
+      </c>
       <c r="P2"/>
       <c r="Q2" t="inlineStr">
         <is>
           <t>Made available in DSpace on 2023-06-08T14:44:12Z (KST). No. of bitstreams: 0</t>
         </is>
       </c>
       <c r="R2"/>
       <c r="S2" t="inlineStr">
         <is>
           <t>Ⅰ. 서론
  1. 청소년 활동 정책의 전개과정
  2. 청소년 활동 개념의 이해
  3. 청소년활동의 의미 : 종합
  4. 청소년활동 지표의 산출
  5. 연구의 목적
  6. 연구방법
 Ⅱ. 조사결과
  1. 활동 운영주체별 청소년 참여 현황
  2. 활동 형태별 청소년 참여현황
  3. 활동 내용별 청소년 참여 현황
  4. 활동 참여시기 현황
  5. 활동 참여에 대한 청소년들의 의욕 수준
  6. 활동시절에 대한 회원가입 현황
  7. 수련시설 및 프로그램 이용현황 총괄
  8. 동아리활동 현황