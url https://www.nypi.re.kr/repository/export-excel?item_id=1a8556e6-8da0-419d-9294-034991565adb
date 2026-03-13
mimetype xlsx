--- v0 (2026-01-27)
+++ v1 (2026-03-13)
@@ -299,51 +299,55 @@
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2"/>
       <c r="I2"/>
       <c r="J2" t="inlineStr">
         <is>
           <t>성윤숙</t>
         </is>
       </c>
       <c r="K2"/>
       <c r="L2" t="inlineStr">
         <is>
           <t>2023-06-08T14:45:25Z</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
           <t>2023-06-08T14:45:25Z</t>
         </is>
       </c>
       <c r="N2" t="inlineStr">
         <is>
           <t>2008</t>
         </is>
       </c>
-      <c r="O2"/>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>본 보고서는 수탁연구과제로 수행되어 저작권이 발주기관에 귀속됨에 따라, 원문 공개가 제한됩니다.</t>
+        </is>
+      </c>
       <c r="P2"/>
       <c r="Q2" t="inlineStr">
         <is>
           <t>Made available in DSpace on 2023-06-08T14:45:25Z (KST). No. of bitstreams: 0</t>
         </is>
       </c>
       <c r="R2"/>
       <c r="S2" t="inlineStr">
         <is>
           <t>Ⅰ. 서론
  1. 연구의 필요성 및 목적
  2. 연구 내용
 Ⅱ. 이론적 논의
  1. 학교 안전의 개념
  2. 학교 안전교육 현황
  3. 국내외 학교 안전지표에 관한 선행연구
 Ⅲ. 연구방법 및 절차
  1. 연구대상
  2. 측정도구 
  3. 연구절차
  4. 지표 산출방안
 Ⅳ. 학교 안전실태 및 안전지표
  1. 학교 안전지표 델파이 설문 분석
  2. 학교 안전실태 및 안전지표
  3. 학교 안전지표에 대한 확인적 요인분석 결과