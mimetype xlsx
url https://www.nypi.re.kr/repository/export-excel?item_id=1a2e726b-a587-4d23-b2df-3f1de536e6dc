--- v0 (2026-01-27)
+++ v1 (2026-03-13)
@@ -299,51 +299,55 @@
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2"/>
       <c r="I2"/>
       <c r="J2" t="inlineStr">
         <is>
           <t>이창호</t>
         </is>
       </c>
       <c r="K2"/>
       <c r="L2" t="inlineStr">
         <is>
           <t>2024-08-02T13:58:48Z</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
           <t>2024-08-02T13:58:48Z</t>
         </is>
       </c>
       <c r="N2" t="inlineStr">
         <is>
           <t>2023</t>
         </is>
       </c>
-      <c r="O2"/>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>본 보고서는 수탁연구과제로 수행되어 저작권이 발주기관에 귀속됨에 따라, 원문 공개가 제한됩니다.</t>
+        </is>
+      </c>
       <c r="P2"/>
       <c r="Q2" t="inlineStr">
         <is>
           <t>Made available in DSpace on 2024-08-02T13:58:48Z (KST). No. of bitstreams: 0</t>
         </is>
       </c>
       <c r="R2"/>
       <c r="S2" t="inlineStr">
         <is>
           <t>제1장 서론
   1. 연구의 필요성 및 목적
   2. 연구 수행체계
   3. 연구 내용 및 방법
 제2장 기인증 인성교육 프로그램 분석
   1. 분석 대상
   2. 기인증 인성교육 프로그램별 특성
   3. 기인증 인성교육 프로그램별 분석
 제3장 국내 인성교육 프로그램 분석
   1. 국내 인성교육 프로그램
   2. 인성교육 프로그램 매뉴얼 개발에의 시사점
 제4장 국외 인성교육 프로그램 분석
   1. 국외 인성교육 프로그램
   2. 인성교육 프로그램 매뉴얼 개발에의 시사점
 제5장 인성교육 프로그램 평가 체크리스트 개발
   1. 인성교육 프로그램 평가 체크리스트 평가틀 개발