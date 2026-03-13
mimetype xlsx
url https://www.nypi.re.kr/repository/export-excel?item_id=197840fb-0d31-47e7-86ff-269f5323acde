--- v0 (2026-01-27)
+++ v1 (2026-03-13)
@@ -299,51 +299,55 @@
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2"/>
       <c r="I2"/>
       <c r="J2" t="inlineStr">
         <is>
           <t>최용환||이창호</t>
         </is>
       </c>
       <c r="K2"/>
       <c r="L2" t="inlineStr">
         <is>
           <t>2025-04-24T15:02:44Z</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
           <t>2025-04-24T15:02:44Z</t>
         </is>
       </c>
       <c r="N2" t="inlineStr">
         <is>
           <t>2024</t>
         </is>
       </c>
-      <c r="O2"/>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>본 보고서는 수탁연구과제로 수행되어 저작권이 발주기관에 귀속됨에 따라, 원문 공개가 제한됩니다.</t>
+        </is>
+      </c>
       <c r="P2"/>
       <c r="Q2" t="inlineStr">
         <is>
           <t>Made available in DSpace on 2025-04-24T15:02:44Z (KST). No. of bitstreams: 0</t>
         </is>
       </c>
       <c r="R2"/>
       <c r="S2" t="inlineStr">
         <is>
           <t>Ⅰ. 인성교육프로그램 인증제 운영 개요 1
  1. 사업 추진의 필요성 및 목적 3
  2. 사업 추진 체계 4
  3. 사업 내용 4
 Ⅱ. 사업 추진 실적 5
  1. 사업 개요 7
  2. 위원회 구성 및 운영 15
  3. 인성교육프로그램 인증 기간 연장 심사 16
  4. 인증 인성교육프로그램 관리 18
  5. 인성교육 누리집 운영(미리네) 24
 Ⅲ. 인증 인성교육프로그램 현황 25
  1. 2024년 인증 기간 연장 인성교육프로그램 소개 27
   1-1. 네 손을 잡아줄게 27
   1-2. 인성탐험대, 너와 나의 인권 찾기 36
   1-3. 함께 만들어가는 세상(함·만·세) 50
  2. 기인증 인성교육프로그램 운영결과 64