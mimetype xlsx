--- v0 (2026-01-27)
+++ v1 (2026-03-13)
@@ -299,51 +299,55 @@
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2"/>
       <c r="I2"/>
       <c r="J2" t="inlineStr">
         <is>
           <t>강경균</t>
         </is>
       </c>
       <c r="K2"/>
       <c r="L2" t="inlineStr">
         <is>
           <t>2023-06-08T15:10:39Z</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
           <t>2023-06-08T15:10:39Z</t>
         </is>
       </c>
       <c r="N2" t="inlineStr">
         <is>
           <t>2019</t>
         </is>
       </c>
-      <c r="O2"/>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>본 보고서는 수탁연구과제로 수행되어 저작권이 발주기관에 귀속됨에 따라, 원문 공개가 제한됩니다.</t>
+        </is>
+      </c>
       <c r="P2"/>
       <c r="Q2" t="inlineStr">
         <is>
           <t>Made available in DSpace on 2023-06-08T15:10:39Z (KST). No. of bitstreams: 0</t>
         </is>
       </c>
       <c r="R2"/>
       <c r="S2" t="inlineStr">
         <is>
           <t>Ⅰ. 서론
    1. 연구의 필요성
    2. 연구내용 및 범위
    3. 연구방법
 Ⅱ. 청소년 비즈쿨 사업 현황 및 정책 분석
    1. 청소년 비즈쿨 사업 현황 분석(2016년~2018년)
    2. 청소년 비즈쿨 관련 정책 분석
    3. 시사점
 Ⅲ. 청소년 비즈쿨 교육 운영 모형 개발
    1. 연구 개요
    2. 청소년 비즈쿨 교육 운영 내용 분석
    3. 청소년 비즈쿨 교육 경험 탐색
    4. 청소년 비즈쿨 교육 운영 모형 개발
 Ⅳ. 청소년 비즈쿨 활성화를 위한 운영 방안
    1. 청소년 비즈쿨 교육에 대한 요구 분석
    2. 청소년 비즈쿨 교육 성과 관리 방안 탐색