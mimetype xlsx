--- v0 (2026-01-27)
+++ v1 (2026-03-13)
@@ -299,51 +299,55 @@
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2"/>
       <c r="I2"/>
       <c r="J2" t="inlineStr">
         <is>
           <t>김신영||임지연</t>
         </is>
       </c>
       <c r="K2"/>
       <c r="L2" t="inlineStr">
         <is>
           <t>2023-06-08T14:44:11Z</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
           <t>2023-06-08T14:44:11Z</t>
         </is>
       </c>
       <c r="N2" t="inlineStr">
         <is>
           <t>2006</t>
         </is>
       </c>
-      <c r="O2"/>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>본 보고서는 수탁연구과제로 수행되어 저작권이 발주기관에 귀속됨에 따라, 원문 공개가 제한됩니다.</t>
+        </is>
+      </c>
       <c r="P2" t="inlineStr">
         <is>
           <t>청소년 유해환경으로부터 청소년을 보호하기 위하여 참여정부의 출범과 함께 범 정부차원에서 청소년 보호 의지를 보다 더 강화하고 국민서비스 향상 등 행정수요에 맞춰 기존의 「청소년보호특별대책 및 청소년 성매매방지대책」을 통합·보완한 「청소년보호종합대책(2003.6.20」을 국무총리 주재 관계부처 합동으로 마련하여 중앙부처 및 지방행정기관에서 지속적으로 추진 중에 있다. 
 동 「청소년보호종합대책」을 효율적으로 추진하기 위하여, 중앙부처(10개)에 대해서는 국가청소년위원회 위원장이 주재하는 점검회의를 반기별로 개최하여 추진상황을 점검·독려하고 있으며, 지방행정기관(지방자치단체, 교육청 및 경찰청)에 대해서는 매년 동 종합대책 등 청소년 관련 주요시책에 대한 추진실적을 점검·평가함으로써 지방행정기관에서 각종 유해환경으로부터 청소년을 보호하는 개선책 마련 등 능동적인 사전예방 지도와 기관장의 관심도를 제고하고 일선 지방행정기관 담당자의 사기 진작을 도모하여 청소년 관련 업무추진의 자발적인 노력을 유도하는데 있다. 
 2006년도 지방행정기관 평가연구는 2004년도 평가결과를 분석하고 지난 2년동안 청소년을 둘러싼 환경의 변화를 고려하여 기존의 평가도구를 개선하고 2006년도 지방행정기관(교육청 및 경찰청) 평가결과를 분석하고자 한다.</t>
         </is>
       </c>
       <c r="Q2" t="inlineStr">
         <is>
           <t>Made available in DSpace on 2023-06-08T14:44:11Z (KST). No. of bitstreams: 0</t>
         </is>
       </c>
       <c r="R2"/>
       <c r="S2" t="inlineStr">
         <is>
           <t>Ⅰ. 연구개요
  1. 연구배경 및 목적
  2. 평가연구의 근거
  3. 연구범위
  4. 연구내용 및 방법
 Ⅱ. 평가도구 개선
  1. 평가도구 개선목적
  2. 평가도구 개선과정
  3. 주요 개선 내용
  4. 세부 개선 내용