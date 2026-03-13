--- v0 (2026-01-27)
+++ v1 (2026-03-13)
@@ -299,51 +299,55 @@
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2"/>
       <c r="I2"/>
       <c r="J2" t="inlineStr">
         <is>
           <t>최인재||이경상||김정숙||장근영</t>
         </is>
       </c>
       <c r="K2"/>
       <c r="L2" t="inlineStr">
         <is>
           <t>2023-06-08T15:06:53Z</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
           <t>2023-06-08T15:06:53Z</t>
         </is>
       </c>
       <c r="N2" t="inlineStr">
         <is>
           <t>2015</t>
         </is>
       </c>
-      <c r="O2"/>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>본 보고서는 수탁연구과제로 수행되어 저작권이 발주기관에 귀속됨에 따라, 원문 공개가 제한됩니다.</t>
+        </is>
+      </c>
       <c r="P2"/>
       <c r="Q2" t="inlineStr">
         <is>
           <t>Made available in DSpace on 2023-06-08T15:06:53Z (KST). No. of bitstreams: 0</t>
         </is>
       </c>
       <c r="R2"/>
       <c r="S2" t="inlineStr">
         <is>
           <t>제Ⅰ장. 조사개요	 1
 1. 조사목적	 3
 2. 조사설계	 3
 1) 조사대상	 3
 2) 조사방법	 5
 3. 조사과정	 6
 1) 사전안내	 6
 2) 면접원 교육 및 실사	 7
 4. 조사표본	8
 5. 가중치	9
 6. 조사내용	10
 제 Ⅱ 장. 조사결과	 13
 1. 응답자 분포	 15
 2. 응답 및 분석 결과	 16
 1) 학업중단 관련 일반사항	 16
   (1) 가장 최근 학교를 그만 둔 시점	 16