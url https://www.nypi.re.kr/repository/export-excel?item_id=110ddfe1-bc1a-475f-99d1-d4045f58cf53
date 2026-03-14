--- v0 (2026-01-27)
+++ v1 (2026-03-14)
@@ -299,51 +299,55 @@
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2"/>
       <c r="I2"/>
       <c r="J2" t="inlineStr">
         <is>
           <t>이철위</t>
         </is>
       </c>
       <c r="K2"/>
       <c r="L2" t="inlineStr">
         <is>
           <t>2023-06-08T14:05:34Z</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
           <t>2023-06-08T14:05:34Z</t>
         </is>
       </c>
       <c r="N2" t="inlineStr">
         <is>
           <t>2000</t>
         </is>
       </c>
-      <c r="O2"/>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>본 보고서는 수탁연구과제로 수행되어 저작권이 발주기관에 귀속됨에 따라, 원문 공개가 제한됩니다.</t>
+        </is>
+      </c>
       <c r="P2" t="inlineStr">
         <is>
           <t>이 연구는 정부가 청소년기본법의 이념을 구현하려고 청소년에 관한 국가정책적 상징의 하나로서 한국청소년중앙공원을 설립함에 즈음하여, 이에 적합한 위상을 정립하고 그 운영방안을 연구하려는 작업의 일환으로 수행되었다.
 이 연구는 한국청소년중앙공원의 프로그램 개발작업 중에서 특히  분야와  분야에 관하여 집중 탐색하는 것을 목적으로 하고 있다.</t>
         </is>
       </c>
       <c r="Q2" t="inlineStr">
         <is>
           <t>Made available in DSpace on 2023-06-08T14:05:34Z (KST). No. of bitstreams: 0</t>
         </is>
       </c>
       <c r="R2"/>
       <c r="S2" t="inlineStr">
         <is>
           <t>목 차
 1. 서론
  1) 연구의 목적
  2) 한국청소년중앙공원의 정책적 의의
  3) 전제와 가정
  4) 연구방법 및 연구범위의 한정
 2. 청소년 교류 프로그램 개발
  1) 청소년 교류 프로그램의 개념과 추세
  2) 교류 영역 및 대상의 구분
  3) 교류 프로그램의 필요성
  4) 청소년 교류 프로그램의 방향