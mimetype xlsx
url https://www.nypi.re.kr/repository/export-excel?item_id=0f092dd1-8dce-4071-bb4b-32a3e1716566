--- v0 (2026-01-27)
+++ v1 (2026-03-13)
@@ -299,51 +299,55 @@
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2"/>
       <c r="I2"/>
       <c r="J2" t="inlineStr">
         <is>
           <t>서정아</t>
         </is>
       </c>
       <c r="K2"/>
       <c r="L2" t="inlineStr">
         <is>
           <t>2023-06-08T15:08:00Z</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
           <t>2023-06-08T15:08:00Z</t>
         </is>
       </c>
       <c r="N2" t="inlineStr">
         <is>
           <t>2017</t>
         </is>
       </c>
-      <c r="O2"/>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>본 보고서는 수탁연구과제로 수행되어 저작권이 발주기관에 귀속됨에 따라, 원문 공개가 제한됩니다.</t>
+        </is>
+      </c>
       <c r="P2"/>
       <c r="Q2" t="inlineStr">
         <is>
           <t>Made available in DSpace on 2023-06-08T15:08:00Z (KST). No. of bitstreams: 0</t>
         </is>
       </c>
       <c r="R2"/>
       <c r="S2" t="inlineStr">
         <is>
           <t>Ⅰ. 들어가며	1
 Ⅱ. 개발원칙	5
 1. 기본 방향	7
 2. 프로그램 개발 목표	9
 3. 개발 방향 및 컨셉	12
 Ⅲ. 프로그램 운영	21
 1. 프로그램 단계	23
 2. 프로그램 구성	24
 3. 단위 프로그램	26
 Ⅳ. 단위 프로그램 세부 내용	33
 1. 도의상마	35
 참 고 문 헌	51
 부        록	55</t>
         </is>
       </c>
       <c r="T2"/>