--- v0 (2026-01-27)
+++ v1 (2026-03-14)
@@ -299,51 +299,55 @@
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2"/>
       <c r="I2"/>
       <c r="J2" t="inlineStr">
         <is>
           <t>한국청소년개발원</t>
         </is>
       </c>
       <c r="K2"/>
       <c r="L2" t="inlineStr">
         <is>
           <t>2023-06-08T14:05:34Z</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
           <t>2023-06-08T14:05:34Z</t>
         </is>
       </c>
       <c r="N2" t="inlineStr">
         <is>
           <t>2000</t>
         </is>
       </c>
-      <c r="O2"/>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>본 보고서는 수탁연구과제로 수행되어 저작권이 발주기관에 귀속됨에 따라, 원문 공개가 제한됩니다.</t>
+        </is>
+      </c>
       <c r="P2" t="inlineStr">
         <is>
           <t>한국청소년중앙공원 홍보용 홈페이지 구축 목적은 다음과 같다.
 1) 인터넷 홈페이지를 통한 사전 홍보 실시
 2) 개원 후 자체 홈페이지 구축을 위한 기초 자료 확보
 3) 관련기관과의 네트워크 구축을 위한 자료로 활용</t>
         </is>
       </c>
       <c r="Q2" t="inlineStr">
         <is>
           <t>Made available in DSpace on 2023-06-08T14:05:34Z (KST). No. of bitstreams: 0</t>
         </is>
       </c>
       <c r="R2"/>
       <c r="S2" t="inlineStr">
         <is>
           <t>목 차
 1. 구축의 목적 및 필요성
 2. 구축방향
 3. 구축과정
  1) 홈페이지 제작에 대한 연구 및 협의
  2) 홈페이지 제작을 위한 전문가 섭외 및 1차 시안 제작
  3) 홈페이지 수정 및 2차 시안 작성
  4) 홈페이지 완성 및 서비스 실시
 4. 주요 내용