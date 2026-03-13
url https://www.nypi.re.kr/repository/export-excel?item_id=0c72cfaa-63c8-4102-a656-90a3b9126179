--- v0 (2026-01-27)
+++ v1 (2026-03-13)
@@ -299,51 +299,55 @@
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2"/>
       <c r="I2"/>
       <c r="J2" t="inlineStr">
         <is>
           <t>윤철경||이인구||박창남</t>
         </is>
       </c>
       <c r="K2"/>
       <c r="L2" t="inlineStr">
         <is>
           <t>2023-06-08T14:01:27Z</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
           <t>2023-06-08T14:01:27Z</t>
         </is>
       </c>
       <c r="N2" t="inlineStr">
         <is>
           <t>1999</t>
         </is>
       </c>
-      <c r="O2"/>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>본 보고서는 수탁연구과제로 수행되어 저작권이 발주기관에 귀속됨에 따라, 원문 공개가 제한됩니다.</t>
+        </is>
+      </c>
       <c r="P2" t="inlineStr">
         <is>
           <t>사회적 문제로 제기된 학교붕괴현상의 실태를 진단하기 위해 학교붕괴의 개념 및 학교붕괴를 보는 제 관점을 분석하고 교사와 학생의 인식을 중심으로 학교붕괴의 개념 및 실재, 배경변인별 차이, 학교붕괴의 원인, 이에 대한 반응 및 대처방안 등을 조사하였다. 외국의 학교붕괴 관련사례를 분석하고 학교붕괴의 원인 진단 및 학교붕괴 해결을 위한 대책을 제시하였다.</t>
         </is>
       </c>
       <c r="Q2" t="inlineStr">
         <is>
           <t>Made available in DSpace on 2023-06-08T14:01:27Z (KST). No. of bitstreams: 0</t>
         </is>
       </c>
       <c r="R2"/>
       <c r="S2" t="inlineStr">
         <is>
           <t>I. 서론   
  II. 학교붕괴 개념 및 현황
     1. 학교붕괴의 개념
     2. 학교붕괴의 진단
  III. 학교붕괴 실태조사 결과분석
     1. 학교붕괴에 대한 교사의 인식
     2. 학교붕괴에 대한 학생의 인식 
     3. 조사결과 종합 및 논의
  IV. 외국사례를 통해 본 학교붕괴의 특수성과 보편성 
     1. 일본의 학교붕괴와 대응방안
     2. 미국의 학교실태와 대응방안
     3. 프랑스의 학급붕괴와 교육개혁