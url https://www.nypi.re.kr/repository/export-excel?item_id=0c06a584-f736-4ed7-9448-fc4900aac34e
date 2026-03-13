--- v0 (2026-01-27)
+++ v1 (2026-03-13)
@@ -299,51 +299,55 @@
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2"/>
       <c r="I2"/>
       <c r="J2" t="inlineStr">
         <is>
           <t>맹영임||박옥식||전명기</t>
         </is>
       </c>
       <c r="K2"/>
       <c r="L2" t="inlineStr">
         <is>
           <t>2023-06-08T14:43:43Z</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
           <t>2023-06-08T14:43:43Z</t>
         </is>
       </c>
       <c r="N2" t="inlineStr">
         <is>
           <t>2005</t>
         </is>
       </c>
-      <c r="O2"/>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>본 보고서는 수탁연구과제로 수행되어 저작권이 발주기관에 귀속됨에 따라, 원문 공개가 제한됩니다.</t>
+        </is>
+      </c>
       <c r="P2" t="inlineStr">
         <is>
           <t>이 연구는 국립중앙청소년수련원에서 현재 시행중인 청소년지도자 연수교육과정을 분석하고 아울러 청소년지도자들의 연수관련 욕구를 조사·분석하였다. 이러한 과정을 통하여 청소년지도자들이 청소년환경 변화에 따른 요구에 대응할 수 있는 지도능력을 개발하고 자질을 함양할 수 있도록 다양화·전문화·체계화된 국립중앙청소년수련원 청소년지도자 연수과정 및 운영모델 개발에 목적을 두고 있다.</t>
         </is>
       </c>
       <c r="Q2" t="inlineStr">
         <is>
           <t>Made available in DSpace on 2023-06-08T14:43:43Z (KST). No. of bitstreams: 0</t>
         </is>
       </c>
       <c r="R2"/>
       <c r="S2" t="inlineStr">
         <is>
           <t>Ⅰ. 서론
  1. 연구의 필요성 및 목적
  2. 연구의 내용
  3. 연구의 방법
 Ⅱ. 이론적 고찰
  1. 청소년 환경변화와 청소년지도
  2. 청소년지도자의 개념 및 역할
 Ⅲ. 청소년지도자 연수과정 및 운영실태
  1. 국내 청소년지도자 연수과정 및 운영실태
  2. 국외 청소년지도자 연수과정
  3. 국립중앙청소년수련원 연수교육과정 및 운영실태
 Ⅳ. 청소년지도자 연수관련 요구조사ㆍ분석