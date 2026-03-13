--- v0 (2026-01-27)
+++ v1 (2026-03-13)
@@ -299,51 +299,55 @@
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2"/>
       <c r="I2"/>
       <c r="J2" t="inlineStr">
         <is>
           <t>좌동훈</t>
         </is>
       </c>
       <c r="K2"/>
       <c r="L2" t="inlineStr">
         <is>
           <t>2023-06-08T15:08:01Z</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
           <t>2023-06-08T15:08:01Z</t>
         </is>
       </c>
       <c r="N2" t="inlineStr">
         <is>
           <t>2017</t>
         </is>
       </c>
-      <c r="O2"/>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>본 보고서는 수탁연구과제로 수행되어 저작권이 발주기관에 귀속됨에 따라, 원문 공개가 제한됩니다.</t>
+        </is>
+      </c>
       <c r="P2"/>
       <c r="Q2" t="inlineStr">
         <is>
           <t>Made available in DSpace on 2023-06-08T15:08:01Z (KST). No. of bitstreams: 0</t>
         </is>
       </c>
       <c r="R2"/>
       <c r="S2" t="inlineStr">
         <is>
           <t>Ⅰ. 신화랑 풍류체험벨트 개요	 1
 1. 신화랑 풍류체험벨트 3개 시･군별 특색 및 사업 시설	 3
 2. 신화랑 풍류체험벨트 3개 지역별 관광 현황	 5
 Ⅱ. 신화랑 풍류체험벨트 중간평가 연구 결과	 7
 1. 영천시	9
 2. 경산시	10
 3. 청도군	10
 Ⅲ. 신화랑 풍류체험벨트 지역 개발환경 분석	 13
 1. 영천	15
 2. 경산	22
 3. 청도	30
 4. 지역 관광 자원 현황 종합	36
 Ⅳ. 신화랑 풍류체험벨트 지역별 관광자원 현황	 39
 1. 영천	41
 2. 경산	57
 3. 청도	75