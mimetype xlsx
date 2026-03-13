--- v0 (2026-01-27)
+++ v1 (2026-03-13)
@@ -299,51 +299,55 @@
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2"/>
       <c r="I2"/>
       <c r="J2" t="inlineStr">
         <is>
           <t>성윤숙</t>
         </is>
       </c>
       <c r="K2"/>
       <c r="L2" t="inlineStr">
         <is>
           <t>2023-06-26T10:32:32Z</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
           <t>2023-06-26T10:32:32Z</t>
         </is>
       </c>
       <c r="N2" t="inlineStr">
         <is>
           <t>2022</t>
         </is>
       </c>
-      <c r="O2"/>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>본 보고서는 수탁연구과제로 수행되어 저작권이 발주기관에 귀속됨에 따라, 원문 공개가 제한됩니다.</t>
+        </is>
+      </c>
       <c r="P2"/>
       <c r="Q2" t="inlineStr">
         <is>
           <t>Made available in DSpace on 2023-06-26T10:32:32Z (KST). No. of bitstreams: 0</t>
         </is>
       </c>
       <c r="R2"/>
       <c r="S2" t="inlineStr">
         <is>
           <t>인성교육프로그램 인증제 운영 개요
 1. 사업 추진의 필요성 및 목적	 2
 2. 사업 추진 체계	 3
 3. 사업 내용	 4
 사업 추진 실적
 1. 사업 개요	 8
 2. 위원회 구성 및 운영	 16
 3. 인성교육프로그램 인증 공모 심사	 19
 4. 인증서 및 인증패 수여식	 28
 5. 인성교육프로그램 인증 기간 연장 심사	 29
 6. 인증 인성교육프로그램 관리	 32
 7. 인성교육 관련자료 인성교육센터 누리집(미리네) 이관	 36
 부  록
 1. 2022년 인증 인성교육프로그램 소개	 41
   1-1. HEY! 세상을 바꾸는 우리	 42
 2. 2022년 인증 기간 연장 인성교육프로그램 소개	 105