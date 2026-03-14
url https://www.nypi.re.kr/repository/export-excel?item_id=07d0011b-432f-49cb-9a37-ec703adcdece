--- v0 (2026-01-27)
+++ v1 (2026-03-14)
@@ -299,51 +299,55 @@
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2"/>
       <c r="I2"/>
       <c r="J2" t="inlineStr">
         <is>
           <t>김성기||정제영</t>
         </is>
       </c>
       <c r="K2"/>
       <c r="L2" t="inlineStr">
         <is>
           <t>2023-06-08T15:08:35Z</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
           <t>2023-06-08T15:08:35Z</t>
         </is>
       </c>
       <c r="N2" t="inlineStr">
         <is>
           <t>2018</t>
         </is>
       </c>
-      <c r="O2"/>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>본 보고서는 수탁연구과제로 수행되어 저작권이 발주기관에 귀속됨에 따라, 원문 공개가 제한됩니다.</t>
+        </is>
+      </c>
       <c r="P2" t="inlineStr">
         <is>
           <t>이 연구에서는 대안교육 위탁교육기관에 대한 평가인증과 성과평가지표를 개발하였다. 이를 위해 선행연구와 교육청의 관련지침 등을 분석하여 기준을 도출하고, 현황을 분석하여 지표개발에 참고하였다. 교육청 관계자의 의견을 청취하고, 전문가들을 대상으로 하는 델파이조사를 실시하여 지표를 검토 수정하였다. 위탁교육을 실시하는 외국의 사례를 참고하여 시사점을 얻었다. 그 결과로서 대안교육 위탁교육기관에 대한 평가체제 및 평가지표를 개발하였다. 정책제언으로서 이를 실행하기 위해서는 위탁교육기관에 대한 인증평가의 법적 근거를 마련하고, 합리적 선택이 가능하도록 하는 시스템을 구축하며, 위탁교육기관이 안정적으로 운영될 수 있도록 재정지원을 확대하는 것이 필요함을 주장하였다.</t>
         </is>
       </c>
       <c r="Q2" t="inlineStr">
         <is>
           <t>Made available in DSpace on 2023-06-08T15:08:35Z (KST). No. of bitstreams: 0</t>
         </is>
       </c>
       <c r="R2"/>
       <c r="S2" t="inlineStr">
         <is>
           <t>제1장 서 론
 1. 연구의 필요성 및 목적	3
 2. 선행연구 분석 결과	4
 3. 연구의 내용 및 범위	6
 4. 연구방법	8
 제2장 위탁교육 법제 및 현황
 1. 위탁교육의 법적 근거	13
 2. 교육청의 위탁교육기관 선정	20
 3. 교육청별 운영지침 분석 결과	24
 4. 위탁교육 운영 현황	25
 5. 위탁교육기관 운영 사례	28
 제3장 외국사례