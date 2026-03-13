--- v0 (2026-01-27)
+++ v1 (2026-03-13)
@@ -299,51 +299,55 @@
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2"/>
       <c r="I2"/>
       <c r="J2" t="inlineStr">
         <is>
           <t>양계민||장윤선||정윤미</t>
         </is>
       </c>
       <c r="K2"/>
       <c r="L2" t="inlineStr">
         <is>
           <t>2023-06-08T15:12:25Z</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
           <t>2023-06-08T15:12:25Z</t>
         </is>
       </c>
       <c r="N2" t="inlineStr">
         <is>
           <t>2021</t>
         </is>
       </c>
-      <c r="O2"/>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>본 보고서는 수탁연구과제로 수행되어 저작권이 발주기관에 귀속됨에 따라, 원문 공개가 제한됩니다.</t>
+        </is>
+      </c>
       <c r="P2"/>
       <c r="Q2" t="inlineStr">
         <is>
           <t>Made available in DSpace on 2023-06-08T15:12:25Z (KST). No. of bitstreams: 0</t>
         </is>
       </c>
       <c r="R2"/>
       <c r="S2" t="inlineStr">
         <is>
           <t>Ⅰ. 서 론 	1
 1. 연구의 필요성 및 목적	3
 2. 연구추진체계	5
 3. 연구내용	5
 4. 연구방법	8
 5. 본 연구의 절차	11
 Ⅱ. 이론적 배경	13
 1. 이주배경청소년의 개념	15
 2. 이주배경청소년의 현황	17
 3. 이주배경청소년의 발달과 적응	28
 4. 기존 이주배경청소년 관련 조사의 특성 및 한계	39
 5. 소결	42
 Ⅲ. 조사개요	47
 1. 조사 대상	49
 2. 표본설계	50
 3. 조사방법 및 절차	54