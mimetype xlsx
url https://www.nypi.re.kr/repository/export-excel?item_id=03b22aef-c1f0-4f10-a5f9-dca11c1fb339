--- v0 (2026-01-27)
+++ v1 (2026-03-13)
@@ -299,51 +299,55 @@
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2"/>
       <c r="I2"/>
       <c r="J2" t="inlineStr">
         <is>
           <t>문경숙||장근영</t>
         </is>
       </c>
       <c r="K2"/>
       <c r="L2" t="inlineStr">
         <is>
           <t>2023-06-08T14:46:32Z</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
           <t>2023-06-08T14:46:32Z</t>
         </is>
       </c>
       <c r="N2" t="inlineStr">
         <is>
           <t>2010</t>
         </is>
       </c>
-      <c r="O2"/>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>본 보고서는 수탁연구과제로 수행되어 저작권이 발주기관에 귀속됨에 따라, 원문 공개가 제한됩니다.</t>
+        </is>
+      </c>
       <c r="P2" t="inlineStr">
         <is>
           <t>청소년의 생활환경에서 디지털 공간이 차지하는 비율이 증가하였고, 디지털 매체의 부정적인 영향이 사회문제로 부각되고 있음.
  특히 여러가지 발달 상의 숙제를 안고 있는 청소년기에 부적절하게 디지털 매체를 이용하는 것은 개인과 사회의 성장과 발전을 저해 하는 요인이 되기 때문에 해당 정책 당국에서는 청소년의 디지털 이용과 관련된 전반적인 실태 파악이 필요함.
  청소년이 현재 이용하고 있는 디지털 매체현황을 진단함으로써 정부에서 청소년의 디지털 이용과 관련된 정책을 입안할 때 근거자료로 이용할 수 있도록 하는 것이 본 연구보고서의 목적임.</t>
         </is>
       </c>
       <c r="Q2" t="inlineStr">
         <is>
           <t>Made available in DSpace on 2023-06-08T14:46:32Z (KST). No. of bitstreams: 0</t>
         </is>
       </c>
       <c r="R2"/>
       <c r="S2" t="inlineStr">
         <is>
           <t>목 차
 제1장 조사연구의 목적과 조사체계
  1. 조사연구의 목적과 필요성
  2. 조사방법
 제2장 이론적 배경
  1. 디지털 문화 사용실태 조사의 필요성
  2. 청소년여가시간에서 디지털환경이 차지하는 비율
  3. 청소년들의 사회적 성장과 디지털 문화
  4. 청소년들의 일탈 및 문제행동과 디지털 문화
  5. 청소년들의 언어악화와 디지털 문화