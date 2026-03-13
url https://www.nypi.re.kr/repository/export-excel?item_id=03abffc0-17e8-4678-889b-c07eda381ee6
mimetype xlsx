--- v0 (2026-01-27)
+++ v1 (2026-03-13)
@@ -299,51 +299,55 @@
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2"/>
       <c r="I2"/>
       <c r="J2" t="inlineStr">
         <is>
           <t>김경준||김영지||임지연</t>
         </is>
       </c>
       <c r="K2"/>
       <c r="L2" t="inlineStr">
         <is>
           <t>2023-06-08T15:10:43Z</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
           <t>2023-06-08T15:10:43Z</t>
         </is>
       </c>
       <c r="N2" t="inlineStr">
         <is>
           <t>2019</t>
         </is>
       </c>
-      <c r="O2"/>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>본 보고서는 수탁연구과제로 수행되어 저작권이 발주기관에 귀속됨에 따라, 원문 공개가 제한됩니다.</t>
+        </is>
+      </c>
       <c r="P2"/>
       <c r="Q2" t="inlineStr">
         <is>
           <t>Made available in DSpace on 2023-06-08T15:10:43Z (KST). No. of bitstreams: 0</t>
         </is>
       </c>
       <c r="R2"/>
       <c r="S2" t="inlineStr">
         <is>
           <t>Ⅰ. 평가개요
    1. 평가의 목적 및 방향
    2. 평가 추진방향
    3. 평가단계와 절차
 Ⅱ. 평가지표
    1. 청소년수련관 종합평가 지표
    2. 청소년문화의집 종합평가 지표
    3. 청소년특화시설 종합평가 지표
 Ⅲ. 청소년수련시설 실태분석
    1. 청소년수련관 실태분석
    2. 청소년문화의집 실태분석
    3. 청소년특화시설 실태분석
 Ⅳ. 평가결과 분석
    1. 청소년수련관 평가결과
    2. 청소년문화의집 평가결과
    3. 청소년특화시설 평가결과