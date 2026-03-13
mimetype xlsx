--- v0 (2026-01-27)
+++ v1 (2026-03-13)
@@ -299,51 +299,55 @@
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2"/>
       <c r="I2"/>
       <c r="J2" t="inlineStr">
         <is>
           <t>국가청소년위원회</t>
         </is>
       </c>
       <c r="K2"/>
       <c r="L2" t="inlineStr">
         <is>
           <t>2023-06-08T14:44:42Z</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
           <t>2023-06-08T14:44:42Z</t>
         </is>
       </c>
       <c r="N2" t="inlineStr">
         <is>
           <t>2007</t>
         </is>
       </c>
-      <c r="O2"/>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>본 보고서는 수탁연구과제로 수행되어 저작권이 발주기관에 귀속됨에 따라, 원문 공개가 제한됩니다.</t>
+        </is>
+      </c>
       <c r="P2" t="inlineStr">
         <is>
           <t>연구목적
 -지방자치단체에서 그동안 추진해온 청소년 유해환경에 대한 개선노력을 객관적이고 공정하게 평가하기 위하여 2005년에 수립된 청소년 유해환경 평가지표와 「청소년보호종합대책」 등 주요추진업무를 종합적으로 평가할 수 있는 지표를 보완 · 개발하고 이러한 지표를 활용하여 전국 기초자치단체 232개를 대상으로 2007년도 평가를 실시하고자 함.
 주요내용
 - 2005년 개발된 청소년 유해환경 평가지표의 개선 및 보완
 - 2007년 지방자치단체 청소년 정책 평가
 - 시계열 분석을 통한 지속적인 평가 시스템 구축</t>
         </is>
       </c>
       <c r="Q2" t="inlineStr">
         <is>
           <t>Made available in DSpace on 2023-06-08T14:44:42Z (KST). No. of bitstreams: 0</t>
         </is>
       </c>
       <c r="R2"/>
       <c r="S2"/>
       <c r="T2"/>
       <c r="U2"/>
       <c r="V2"/>
       <c r="W2" t="inlineStr">
         <is>
           <t>000000019778</t>
         </is>
       </c>