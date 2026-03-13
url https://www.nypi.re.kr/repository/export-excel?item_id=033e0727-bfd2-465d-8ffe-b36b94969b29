--- v0 (2026-01-27)
+++ v1 (2026-03-13)
@@ -299,51 +299,55 @@
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2"/>
       <c r="I2"/>
       <c r="J2" t="inlineStr">
         <is>
           <t>김지경||황여정||정윤미</t>
         </is>
       </c>
       <c r="K2"/>
       <c r="L2" t="inlineStr">
         <is>
           <t>2023-06-08T15:07:19Z</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
           <t>2023-06-08T15:07:19Z</t>
         </is>
       </c>
       <c r="N2" t="inlineStr">
         <is>
           <t>2016</t>
         </is>
       </c>
-      <c r="O2"/>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>본 보고서는 수탁연구과제로 수행되어 저작권이 발주기관에 귀속됨에 따라, 원문 공개가 제한됩니다.</t>
+        </is>
+      </c>
       <c r="P2"/>
       <c r="Q2" t="inlineStr">
         <is>
           <t>Made available in DSpace on 2023-06-08T15:07:19Z (KST). No. of bitstreams: 0</t>
         </is>
       </c>
       <c r="R2"/>
       <c r="S2" t="inlineStr">
         <is>
           <t>제Ⅰ장 서  론	 1
 1. 연구 목적 및 필요성	 3
 2. 연구 내용 및 방법	 5
 1) 연구내용	 5
 2) 연구방법	 7
 3. 연구의 추진체계 및 절차	 8
 1) 추진체계	 8
 2) 추진절차	 8
 제Ⅱ장 통합조사 내용 설계를 위한 기본 요건 검토	 9
 1. 기존 두 조사의 조사 설계 비교	 11
 1) 표본설계 비교	 11
 2) 내용설계 비교	 13
 2. 통합조사 기본 틀 설정을 위한 전제 조건	 15
 1) 정책 기초자료로서의 활용성 강화	 15
 2) 국가승인통계로서의 통계품질관리의 제고	 20
 3) IRB(Institutional Review Board) 윤리기준의 준수	 22