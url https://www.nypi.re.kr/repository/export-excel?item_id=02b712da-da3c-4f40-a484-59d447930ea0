--- v0 (2026-01-27)
+++ v1 (2026-03-13)
@@ -299,51 +299,55 @@
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2"/>
       <c r="I2"/>
       <c r="J2" t="inlineStr">
         <is>
           <t>최창욱||좌동훈||남화성</t>
         </is>
       </c>
       <c r="K2"/>
       <c r="L2" t="inlineStr">
         <is>
           <t>2023-06-08T15:11:44Z</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
           <t>2023-06-08T15:11:44Z</t>
         </is>
       </c>
       <c r="N2" t="inlineStr">
         <is>
           <t>2020</t>
         </is>
       </c>
-      <c r="O2"/>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>본 보고서는 수탁연구과제로 수행되어 저작권이 발주기관에 귀속됨에 따라, 원문 공개가 제한됩니다.</t>
+        </is>
+      </c>
       <c r="P2"/>
       <c r="Q2" t="inlineStr">
         <is>
           <t>Made available in DSpace on 2023-06-08T15:11:44Z (KST). No. of bitstreams: 0</t>
         </is>
       </c>
       <c r="R2"/>
       <c r="S2" t="inlineStr">
         <is>
           <t>I. 서론
 1. 연구의 필요성 및 목적	 3
 2. 연구내용 및 연구방법	 4
 3. 연구추진체계	 5
 Ⅱ. 선행연구 및 사례 고찰
 1. 학교 안‧밖 청소년활동 연계의 유형	 11
 2. 학교 안‧밖 청소년활동 연계 성공‧장애요인과 사례	 15
 Ⅲ. 청소년활동 참여 실태관련 2차 자료 분석결과
 1. 청소년활동 참여 실태조사 현황	 35
 2. 청소년활동 참여 실태	 41
 3. 활동 요구	 47
 4. 요약 및 소결	 51
 Ⅳ. 전문가 의견조사와 워크숍, 청소년 심층면접 결과 분석
 1. 개요	 59
 2. 전문가 의견조사 결과분석	 63
 3. 워크숍 결과분석	 83