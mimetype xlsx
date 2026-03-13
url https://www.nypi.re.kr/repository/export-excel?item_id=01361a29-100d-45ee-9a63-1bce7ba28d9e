--- v0 (2026-01-27)
+++ v1 (2026-03-13)
@@ -299,51 +299,55 @@
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2"/>
       <c r="I2"/>
       <c r="J2" t="inlineStr">
         <is>
           <t>길은배||한만길||최영표||강영혜||오해섭||김학성</t>
         </is>
       </c>
       <c r="K2"/>
       <c r="L2" t="inlineStr">
         <is>
           <t>2023-06-08T14:26:07Z</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
           <t>2023-06-08T14:26:07Z</t>
         </is>
       </c>
       <c r="N2" t="inlineStr">
         <is>
           <t>2003</t>
         </is>
       </c>
-      <c r="O2"/>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>본 보고서는 수탁연구과제로 수행되어 저작권이 발주기관에 귀속됨에 따라, 원문 공개가 제한됩니다.</t>
+        </is>
+      </c>
       <c r="P2"/>
       <c r="Q2" t="inlineStr">
         <is>
           <t>Made available in DSpace on 2023-06-08T14:26:07Z (KST). No. of bitstreams: 0</t>
         </is>
       </c>
       <c r="R2"/>
       <c r="S2" t="inlineStr">
         <is>
           <t>Ⅰ. 서론
 1. 연구의 필요성 및 목적
 2. 통일교육 실태 및 성과 분석의 모형
 3. 통일교육의 실태 및 성과 분석 영역
 Ⅱ. 통일교육의 현황과 추진체계 분석
 1. 통일교육의 행정 관리 체계
 2. 학교통일교육 운영 실태
 3. 사회통일교육 운영 실태
 4. 통일교육의 협력체계 실태
 5. 논의 및 시사점
 Ⅲ. 통일교육에 관한 의견조사 분석
 1. 통일교육 의견조사 빈도수 중심의 분석
 2. 통일과 북한주민에 대한 이미지 분석 : 요인분석
 3. 통일 및 북한주민에 대한 이미지와 통일행동과의 관계 분석
 4. 의견조사 결과 요약
 Ⅳ. 통일교육의 성과분석