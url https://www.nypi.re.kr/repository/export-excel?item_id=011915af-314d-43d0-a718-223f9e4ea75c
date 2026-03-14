--- v0 (2026-01-27)
+++ v1 (2026-03-14)
@@ -299,51 +299,55 @@
       <c r="F2"/>
       <c r="G2"/>
       <c r="H2"/>
       <c r="I2"/>
       <c r="J2" t="inlineStr">
         <is>
           <t>권이종</t>
         </is>
       </c>
       <c r="K2"/>
       <c r="L2" t="inlineStr">
         <is>
           <t>2023-06-08T14:05:34Z</t>
         </is>
       </c>
       <c r="M2" t="inlineStr">
         <is>
           <t>2023-06-08T14:05:34Z</t>
         </is>
       </c>
       <c r="N2" t="inlineStr">
         <is>
           <t>2000</t>
         </is>
       </c>
-      <c r="O2"/>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>본 보고서는 수탁연구과제로 수행되어 저작권이 발주기관에 귀속됨에 따라, 원문 공개가 제한됩니다.</t>
+        </is>
+      </c>
       <c r="P2" t="inlineStr">
         <is>
           <t>청소년중앙공원과 독립기념관이 활성화되어야 하고 동·서곡과 중곡을 연계하여 청소년 활동프로그램 개발의 필요성은 다음과 같다.
 가. 후기산업사회의 인간과 공동체의 위기에 대응하여 민족공동체에 대한 책임과 헌신, 보편적 이상과 도덕성을 국민과 청소년에게 심어줄 수 있다.
 나. 건전한 국민정신 함양과 민족공동체(national feeling)를 이뤄 당면한 청소년문제와 남북통일에 기여할 수 있게 해준다.
 다. 남북분단에 따른 성인 및 청소년 이질화를 극복하고 남북간의 동질성을 회복하고 민족정체성 확립에 기여한다.
 라. 우리나라의 대표적 시설인 독립기념관과 청소년중앙공원의 운영정상화로 민족적 자부심과 청소년문화 욕구를 충족시키며 위축되고 있는 청소년들의 역사 교육을 보완하는 기능을 한다.
 마. 국내·외 재외동포 및 청소년들을 대상으로 정신적, 정서적으로 모국과 연결시켜 민족정신 함양에 기여한다.</t>
         </is>
       </c>
       <c r="Q2" t="inlineStr">
         <is>
           <t>Made available in DSpace on 2023-06-08T14:05:34Z (KST). No. of bitstreams: 0</t>
         </is>
       </c>
       <c r="R2"/>
       <c r="S2" t="inlineStr">
         <is>
           <t>목 차
 Ⅰ. 프로그램 개발의 목적 및 필요성
 Ⅱ. 청소년중앙공원과 독립기념관의 기능
  1. 청소년중앙공원의 기능과 역할
  2. 청소년중앙공원의 시설 현황
  3. 독립기념관의 실립목적 및 주요업무
 Ⅲ. 한국청소년중앙공원과 독립기념관의 연계방안